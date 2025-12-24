--- v0 (2025-10-06)
+++ v1 (2025-12-24)
@@ -15,52 +15,50 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="03794BB9">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C1C573">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ABA570D">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
@@ -451,161 +449,113 @@
     </w:p>
     <w:p w14:paraId="17AD1E29">
       <w:pPr>
         <w:pStyle w:val="387"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>3 Department, Name of organization, Country, Email address.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="685BB9CF">
       <w:pPr>
         <w:pStyle w:val="387"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2537A7FD">
+    <w:p w14:paraId="54167C47">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rStyle w:val="215"/>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>*Corresponding author:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Sonam Rinchen, Department of Science Education,</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Royal University of Bhutan, Bhutan. Email: </w:t>
-[...44 lines deleted...]
-      </w:pPr>
+        <w:t>Author Name, Department, Name of organization, Country, Email address.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0D847990">
       <w:pPr>
         <w:pStyle w:val="235"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>56515</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5963920" cy="8890"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="直接连接符 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
@@ -4155,50 +4105,56 @@
           <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1575"/>
         <w:gridCol w:w="1026"/>
       </w:tblGrid>
       <w:tr w14:paraId="20577D19">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="22E1914F">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5414,51 +5370,69 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A0A21DA">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:ind w:left="-120" w:leftChars="0" w:firstLine="360" w:firstLineChars="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t xml:space="preserve">Data available on request from the </w:t>
+        <w:t xml:space="preserve">Data </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">available on request from the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">corresponding </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
@@ -7271,51 +7245,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="140"/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9316,65 +9290,67 @@
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="37C35498"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="3A486C8D"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="4DED648A"/>
+    <w:rsid w:val="4EE843D4"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="60CA75BA"/>
     <w:rsid w:val="6C062A91"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
+    <w:rsid w:val="78A95E39"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
       <v:stroke color="#000000"/>
     </o:shapedefaults>
@@ -27977,64 +27953,64 @@
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
-  <Words>2099</Words>
-  <Characters>12207</Characters>
+  <Words>2100</Words>
+  <Characters>12210</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14234</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19302_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>14238</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>3A3FF4471A174F7F909708C312D11909</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19302</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiZDI2OTAzN2MzNWVhMWQyMDk1ZmFjNzgwNjg5MmQxZTciLCJ1c2VySWQiOiIxNTE3MTM5MzAxIn0=</vt:lpwstr>
   </property>
 </Properties>
 </file>