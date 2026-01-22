--- v1 (2025-12-24)
+++ v2 (2026-01-22)
@@ -15,50 +15,52 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="03794BB9">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65C1C573">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ABA570D">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
@@ -510,52 +512,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Author Name, Department, Name of organization, Country, Email address.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D847990">
       <w:pPr>
         <w:pStyle w:val="235"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>56515</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5963920" cy="8890"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="直接连接符 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
@@ -6698,51 +6698,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="60F54E0E">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -7245,51 +7245,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9279,50 +9279,51 @@
     <w:rsid w:val="0D336E17"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1E80791A"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="37C35498"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="3A486C8D"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
+    <w:rsid w:val="445D24CC"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="4DED648A"/>
     <w:rsid w:val="4EE843D4"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="60CA75BA"/>
     <w:rsid w:val="6C062A91"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
@@ -27953,58 +27954,58 @@
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
-  <Words>2100</Words>
-  <Characters>12210</Characters>
+  <Words>2096</Words>
+  <Characters>12170</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14238</CharactersWithSpaces>
+  <CharactersWithSpaces>14194</CharactersWithSpaces>
   <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>3A3FF4471A174F7F909708C312D11909</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
     <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>