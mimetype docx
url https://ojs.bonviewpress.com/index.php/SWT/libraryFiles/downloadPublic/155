--- v0 (2025-11-05)
+++ v1 (2026-01-25)
@@ -16,70 +16,72 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="77E62746">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C08E6A0">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22F61DAD">
+    <w:p w14:paraId="69E877E3">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
           <w:footerReference r:id="rId6" w:type="first"/>
           <w:headerReference r:id="rId4" w:type="default"/>
           <w:footerReference r:id="rId5" w:type="default"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="1"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="453B9DE7">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:b/>
           <w:bCs/>
@@ -220,51 +222,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>10.47852/bonview</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>SWT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>XXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A74751">
+    <w:p w14:paraId="29F0F5F6">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="2"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="114300" distR="114300">
             <wp:extent cx="905510" cy="607695"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="图片 4" descr="Bonv_Png"/>
             <wp:cNvGraphicFramePr>
@@ -782,51 +784,51 @@
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> concern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CCDADD2">
+    <w:p w14:paraId="48B6C51F">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="1"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
@@ -1102,63 +1104,51 @@
     </w:p>
     <w:p w14:paraId="01EBE97C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bhutan, a tiny kingdom nestled in the Himalayas is not an exception to this man-made predicament and the environmental problems which </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">are caused by humans. </w:t>
+        <w:t xml:space="preserve">Bhutan, a tiny kingdom nestled in the Himalayas is not an exception to this man-made predicament and the environmental problems which are caused by humans. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BCF44A9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
@@ -6542,51 +6532,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE586F4">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -7070,51 +7060,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="160"/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiM2E0YTI1NjdlNWNmZjUwM2Y5YzZiZjEzNTdkNTBjNmIifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
@@ -8867,50 +8857,51 @@
     <w:rsid w:val="00DF1489"/>
     <w:rsid w:val="00DF2028"/>
     <w:rsid w:val="00E01508"/>
     <w:rsid w:val="00E01AFF"/>
     <w:rsid w:val="00E01C8F"/>
     <w:rsid w:val="00E03623"/>
     <w:rsid w:val="00E04E11"/>
     <w:rsid w:val="00E06A9C"/>
     <w:rsid w:val="00E079E3"/>
     <w:rsid w:val="00E07E9D"/>
     <w:rsid w:val="00E10724"/>
     <w:rsid w:val="00E10F44"/>
     <w:rsid w:val="00E1155E"/>
     <w:rsid w:val="00E124C4"/>
     <w:rsid w:val="00E1345C"/>
     <w:rsid w:val="00E1539C"/>
     <w:rsid w:val="00E1686F"/>
     <w:rsid w:val="00E169D2"/>
     <w:rsid w:val="00E17242"/>
     <w:rsid w:val="00E17AFD"/>
     <w:rsid w:val="00E20ECB"/>
     <w:rsid w:val="00E236C8"/>
     <w:rsid w:val="00E25403"/>
     <w:rsid w:val="00E255AE"/>
     <w:rsid w:val="00E25861"/>
+    <w:rsid w:val="00E30253"/>
     <w:rsid w:val="00E31EDB"/>
     <w:rsid w:val="00E32697"/>
     <w:rsid w:val="00E33F09"/>
     <w:rsid w:val="00E3418A"/>
     <w:rsid w:val="00E344C2"/>
     <w:rsid w:val="00E34D88"/>
     <w:rsid w:val="00E36E7E"/>
     <w:rsid w:val="00E41610"/>
     <w:rsid w:val="00E41B7B"/>
     <w:rsid w:val="00E42B26"/>
     <w:rsid w:val="00E432E2"/>
     <w:rsid w:val="00E54ACE"/>
     <w:rsid w:val="00E55358"/>
     <w:rsid w:val="00E55DEB"/>
     <w:rsid w:val="00E562CB"/>
     <w:rsid w:val="00E57AD0"/>
     <w:rsid w:val="00E57BE2"/>
     <w:rsid w:val="00E61DEE"/>
     <w:rsid w:val="00E62CEE"/>
     <w:rsid w:val="00E6324C"/>
     <w:rsid w:val="00E638B6"/>
     <w:rsid w:val="00E6589B"/>
     <w:rsid w:val="00E66C6D"/>
     <w:rsid w:val="00E6712F"/>
     <w:rsid w:val="00E6774D"/>
@@ -9089,78 +9080,78 @@
     <w:rsid w:val="03766DF0"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A1E2136"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="284101E2"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2B6A7A50"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="2C8439FF"/>
-    <w:rsid w:val="2D202764"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="395F3D1B"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="580D4F21"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
+    <w:rsid w:val="6E0602A7"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -27575,64 +27566,64 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
-  <Words>1341</Words>
-  <Characters>7695</Characters>
+  <Words>2044</Words>
+  <Characters>11945</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8998</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19770_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>13920</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>68FCE460EFB1438CB6415B618593B9A5_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiM2E0YTI1NjdlNWNmZjUwM2Y5YzZiZjEzNTdkNTBjNmIiLCJ1c2VySWQiOiI1MDAzNzQ5NzcifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>