--- v1 (2026-01-25)
+++ v2 (2026-03-23)
@@ -6542,51 +6542,51 @@
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
+      <w:t>. Published by BON VIEW PUBLISHING. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1FE586F4">
     <w:pPr>
       <w:pStyle w:val="54"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>licenses/by/4.0/</w:t>
     </w:r>
@@ -9056,50 +9056,51 @@
     <w:rsid w:val="00FC3954"/>
     <w:rsid w:val="00FC3CC7"/>
     <w:rsid w:val="00FC4250"/>
     <w:rsid w:val="00FC4ECC"/>
     <w:rsid w:val="00FC534F"/>
     <w:rsid w:val="00FC5B79"/>
     <w:rsid w:val="00FC61BA"/>
     <w:rsid w:val="00FD0027"/>
     <w:rsid w:val="00FD1186"/>
     <w:rsid w:val="00FD1208"/>
     <w:rsid w:val="00FD1B6D"/>
     <w:rsid w:val="00FD214D"/>
     <w:rsid w:val="00FD2E2F"/>
     <w:rsid w:val="00FD3A02"/>
     <w:rsid w:val="00FD4633"/>
     <w:rsid w:val="00FD5300"/>
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE4056"/>
     <w:rsid w:val="00FE5BC3"/>
     <w:rsid w:val="00FE64DE"/>
     <w:rsid w:val="021A270B"/>
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
+    <w:rsid w:val="05764668"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A1E2136"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="284101E2"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2B6A7A50"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="2C8439FF"/>
     <w:rsid w:val="34F90CBC"/>
@@ -27574,56 +27575,56 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
   <Words>2044</Words>
   <Characters>11945</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>13920</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.0.24657_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>68FCE460EFB1438CB6415B618593B9A5_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiM2E0YTI1NjdlNWNmZjUwM2Y5YzZiZjEzNTdkNTBjNmIiLCJ1c2VySWQiOiI1MDAzNzQ5NzcifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>