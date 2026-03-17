--- v0 (2025-10-10)
+++ v1 (2026-03-17)
@@ -200,51 +200,51 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>10.47852/bonview</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>JDSIS</w:t>
+        <w:t>RSSO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>XXXXXXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39426295">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="2"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
@@ -552,52 +552,50 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0D847990">
       <w:pPr>
         <w:pStyle w:val="235"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>56515</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5963920" cy="8890"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="直接连接符 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
@@ -759,51 +757,60 @@
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> belief</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> concern</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>concern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> practice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D09FB7">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
@@ -6288,51 +6295,51 @@
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="2"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
@@ -6586,63 +6593,57 @@
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4859C652">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4A01E8E9">
+  <w:p w14:paraId="60F54E0E">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
-      <w:rPr>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:ind w:left="140" w:hanging="140" w:hangingChars="100"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="文本框 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
@@ -6740,77 +6741,72 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
+      <w:t>. Published by BON VIEW PUBLISHING. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>licenses/by/4.0/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>).</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:cs="AdvOTd43c2f13"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
@@ -6852,51 +6848,51 @@
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="4AA2ECE6">
     <w:pPr>
       <w:pStyle w:val="56"/>
       <w:pBdr>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:rPr>
-        <w:rFonts w:hint="eastAsia" w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:eastAsia="宋体" w:cs="AdvOTd43c2f13"/>
+        <w:rFonts w:hint="default" w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:eastAsia="宋体" w:cs="AdvOTd43c2f13"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="AdvOT1916b968.BI" w:hAnsi="AdvOT1916b968.BI" w:eastAsia="宋体" w:cs="AdvOT1916b968.BI"/>
         <w:b/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t>Remote Sensing for Sustainable Oceans</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="AdvOT1916b968.BI" w:hAnsi="AdvOT1916b968.BI" w:cs="AdvOT1916b968.BI"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
@@ -6919,51 +6915,51 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:eastAsia="宋体" w:cs="AdvOTd43c2f13"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:cs="AdvOTd43c2f13"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Iss. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:eastAsia="宋体" w:cs="AdvOTd43c2f13"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2024</w:t>
+      <w:t xml:space="preserve"> XXXX</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0A49DF02">
     <w:pPr>
       <w:pStyle w:val="56"/>
       <w:pBdr>
         <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
       </w:pBdr>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>______________________________________________________________________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
@@ -7287,51 +7283,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="130"/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9304,68 +9300,71 @@
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE4056"/>
     <w:rsid w:val="00FE5BC3"/>
     <w:rsid w:val="00FE64DE"/>
     <w:rsid w:val="021A270B"/>
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0D336E17"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1E80791A"/>
     <w:rsid w:val="1FA140B4"/>
+    <w:rsid w:val="2021589D"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="37C214E4"/>
     <w:rsid w:val="37C35498"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="3A486C8D"/>
+    <w:rsid w:val="3B336B54"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
+    <w:rsid w:val="4380043C"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="4DED648A"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="60CA75BA"/>
     <w:rsid w:val="6C062A91"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
@@ -27995,64 +27994,64 @@
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
-  <Words>1373</Words>
-  <Characters>7875</Characters>
+  <Words>2098</Words>
+  <Characters>12201</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9202</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.21915_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>14227</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24657_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>BE9B9D035550447C81C334C4AB96C5C1_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.21915</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiMWQxNTRlNTY2ZjgyNzZkMDc3MDA0YjdkYzEyNjAzZDAiLCJ1c2VySWQiOiIyNDk1MTYxMDIifQ==</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiZDI2OTAzN2MzNWVhMWQyMDk1ZmFjNzgwNjg5MmQxZTciLCJ1c2VySWQiOiIxNTE3MTM5MzAxIn0=</vt:lpwstr>
   </property>
 </Properties>
 </file>