--- v0 (2025-10-10)
+++ v1 (2026-01-21)
@@ -16,50 +16,52 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="6727828D">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6673C0B2">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C06AAE2">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
@@ -148,52 +150,50 @@
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3309FF11">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Journal of Climbing and Walking Robots</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="27709350">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>yyyy, Vol. XX(XX) 1–5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C6D37FC">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
@@ -3542,50 +3542,56 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="1439"/>
         <w:gridCol w:w="1439"/>
       </w:tblGrid>
       <w:tr w14:paraId="461C1646">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1320C7A3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -6201,71 +6207,79 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS Mincho">
+    <w:altName w:val="MS UI Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvOTd43c2f13">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS UI Gothic">
+    <w:panose1 w:val="020B0600070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="66C80074">
     <w:pPr>
       <w:pStyle w:val="54"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
@@ -6558,51 +6572,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t xml:space="preserve">© The Author(s) </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="55FDEC62">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -7086,51 +7100,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="110"/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiNGQ3MTVjMGU1YmFiN2ZkNjc0NDJlMGVkMDJiNDEwY2EifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
@@ -9108,50 +9122,51 @@
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0D336E17"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="12183532"/>
     <w:rsid w:val="12C75CE2"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="25627E42"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="2DD613CD"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
+    <w:rsid w:val="36FB034E"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="3B8E2DEE"/>
     <w:rsid w:val="3CD411CD"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="54E74AA3"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
@@ -9461,96 +9476,96 @@
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Latha"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ta-IN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
-    <w:link w:val="221"/>
+    <w:link w:val="222"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="21798E"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="28"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
-    <w:link w:val="222"/>
+    <w:link w:val="223"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:bCs/>
       <w:color w:val="2DA2BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
-    <w:link w:val="223"/>
+    <w:link w:val="221"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2DA2BF"/>
       <w:szCs w:val="20"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="1"/>
     <w:next w:val="1"/>
     <w:link w:val="227"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
@@ -23151,86 +23166,86 @@
     <w:basedOn w:val="209"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="220">
     <w:name w:val="HTML Sample"/>
     <w:basedOn w:val="209"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="221">
+    <w:name w:val="标题 3 Char"/>
+    <w:link w:val="5"/>
+    <w:autoRedefine/>
+    <w:qFormat/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2DA2BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="222">
     <w:name w:val="标题 1 Char"/>
     <w:link w:val="3"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="21798E"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="222">
+  <w:style w:type="character" w:customStyle="1" w:styleId="223">
     <w:name w:val="标题 2 Char"/>
     <w:link w:val="4"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:bCs/>
       <w:color w:val="2DA2BF"/>
       <w:szCs w:val="26"/>
-    </w:rPr>
-[...12 lines deleted...]
-      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="224">
     <w:name w:val="标题 5 Char"/>
     <w:link w:val="7"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="16505E"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="225">
     <w:name w:val="标题 6 Char"/>
     <w:link w:val="8"/>
     <w:qFormat/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="16505E"/>
       <w:sz w:val="24"/>
     </w:rPr>
@@ -27619,63 +27634,63 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
   <Words>2047</Words>
-  <Characters>11963</Characters>
+  <Characters>11951</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13941</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.20784_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>13929</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>3A3FF4471A174F7F909708C312D11909</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.20784</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiODNlYTNiZGI4MzUwMzJiNjM3ZGQ1NDgzYWYxMDEyODYiLCJ1c2VySWQiOiI0NDMyNTg1OTIifQ==</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiZGI2NDY0ZDBlYjBjMTRmYzJmYTRmMjNlMDExNGM4YjgiLCJ1c2VySWQiOiI2NTkyMzIyMDcifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>