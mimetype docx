--- v1 (2026-01-21)
+++ v2 (2026-03-04)
@@ -16,52 +16,50 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="6727828D">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6673C0B2">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C06AAE2">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
@@ -94,50 +92,52 @@
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>RESEARCH ARTICLE/REVIEW</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0049D3A7">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="778F5374">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Article Title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2273A6DC">
       <w:pPr>
@@ -202,51 +202,71 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>10.47852/bonview</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>JCCEXXXXXXXX</w:t>
+        <w:t>JC</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>WR</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>XXXXXXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B1B5426">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="2"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="114300" distR="114300">
             <wp:extent cx="905510" cy="607695"/>
@@ -6214,72 +6234,72 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="MS UI Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
+  <w:font w:name="MS UI Gothic">
+    <w:panose1 w:val="020B0600070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
+  </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvOTd43c2f13">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="66C80074">
     <w:pPr>
       <w:pStyle w:val="54"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
@@ -6582,51 +6602,51 @@
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t xml:space="preserve">© The Author(s) </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
+      <w:t>. Published by BON VIEW PUBLISHING. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="55FDEC62">
     <w:pPr>
       <w:pStyle w:val="54"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>licenses/by/4.0/</w:t>
     </w:r>
@@ -7100,51 +7120,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="120"/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiNGQ3MTVjMGU1YmFiN2ZkNjc0NDJlMGVkMDJiNDEwY2EifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
@@ -9104,55 +9124,57 @@
     <w:rsid w:val="00FD1208"/>
     <w:rsid w:val="00FD1B6D"/>
     <w:rsid w:val="00FD214D"/>
     <w:rsid w:val="00FD2E2F"/>
     <w:rsid w:val="00FD3A02"/>
     <w:rsid w:val="00FD4633"/>
     <w:rsid w:val="00FD5300"/>
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE4056"/>
     <w:rsid w:val="00FE5BC3"/>
     <w:rsid w:val="00FE64DE"/>
     <w:rsid w:val="021A270B"/>
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0D336E17"/>
+    <w:rsid w:val="0E7E2314"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="12183532"/>
     <w:rsid w:val="12C75CE2"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
+    <w:rsid w:val="1A2F67D7"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="25627E42"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="2DD613CD"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
     <w:rsid w:val="36FB034E"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="3B8E2DEE"/>
     <w:rsid w:val="3CD411CD"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
@@ -9162,50 +9184,51 @@
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="54E74AA3"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5B9B34D9"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="60CA75BA"/>
     <w:rsid w:val="6C062A91"/>
     <w:rsid w:val="6C094140"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
+    <w:rsid w:val="7B9F337A"/>
     <w:rsid w:val="7CA103C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
       <v:stroke color="#000000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -27641,56 +27664,56 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
   <Words>2047</Words>
   <Characters>11951</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>13929</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.0.24657_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>3A3FF4471A174F7F909708C312D11909</vt:lpwstr>
+    <vt:lpwstr>8A62CE838D6141648418BCA55FDF6E95_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24657</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiZGI2NDY0ZDBlYjBjMTRmYzJmYTRmMjNlMDExNGM4YjgiLCJ1c2VySWQiOiI2NTkyMzIyMDcifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>