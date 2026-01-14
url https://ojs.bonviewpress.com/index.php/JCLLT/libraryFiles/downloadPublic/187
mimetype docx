--- v0 (2025-10-10)
+++ v1 (2026-01-14)
@@ -569,51 +569,51 @@
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sonam Rinchen, Department of Science Education,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal University of Bhutan, Bhutan. Email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r>
+        <w:r w:rsidR="009048EF">
           <w:rPr>
             <w:rStyle w:val="affff"/>
             <w:rFonts w:cs="Times New Roman"/>
             <w:sz w:val="15"/>
             <w:szCs w:val="15"/>
             <w:lang w:bidi="ar-SA"/>
           </w:rPr>
           <w:t>srinchen.sce@rub.edu.bt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="111B9B67" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="affff"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
@@ -5912,51 +5912,51 @@
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>figshare</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">”] at </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r>
+        <w:r w:rsidR="009048EF">
           <w:rPr>
             <w:rStyle w:val="affff"/>
             <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:eastAsia="zh-CN"/>
           </w:rPr>
           <w:t>http://doi.org/[doi].</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3BD8A616" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
@@ -6371,51 +6371,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>African</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">subtropical city: Gaborone, Botswana. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The Journal of Environmental Education, 30</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">(2), 31–39. </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r>
+        <w:r w:rsidR="009048EF">
           <w:rPr>
             <w:rStyle w:val="affff"/>
           </w:rPr>
           <w:t>https://doi.org/10.1080/00958969909601868</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="32162AFB" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="references"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hangingChars="200" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[7] </w:t>
       </w:r>
       <w:r>
@@ -6571,59 +6571,51 @@
       <w:pPr>
         <w:pStyle w:val="references"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hangingChars="200" w:hanging="360"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:hint="eastAsia"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[10] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Dung, M. D., </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Mankilik</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">, M., &amp; </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, B. E. (2017). Assessment of college students’ knowledge and attitudes toward solid waste management in north central zone of Nigeria. </w:t>
+        <w:t xml:space="preserve">, M., &amp; Ozoji, B. E. (2017). Assessment of college students’ knowledge and attitudes toward solid waste management in north central zone of Nigeria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Science Education International</w:t>
       </w:r>
       <w:r>
         <w:t>, 28(2), 141–146.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="311C611C" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pStyle w:val="references"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hangingChars="200" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
@@ -6760,61 +6752,61 @@
     <w:p w14:paraId="558D9C12" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
       <w:pPr>
         <w:pStyle w:val="AuthorAffiliation"/>
         <w:ind w:left="360" w:hangingChars="200" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009048EF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2BC4E23D" w14:textId="77777777" w:rsidR="007E4FC2" w:rsidRDefault="007E4FC2">
+    <w:p w14:paraId="3E74682A" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C614759" w14:textId="77777777" w:rsidR="007E4FC2" w:rsidRDefault="007E4FC2">
+    <w:p w14:paraId="5B268473" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -6863,51 +6855,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvOTd43c2f13">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -7067,51 +7058,51 @@
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="28FB6178" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4ED70F19" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
+  <w:p w14:paraId="4ED70F19" w14:textId="1E637D37" w:rsidR="009048EF" w:rsidRDefault="00000000">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="14"/>
         <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AE514C4" wp14:editId="615A528E">
               <wp:simplePos x="0" y="0"/>
@@ -7214,59 +7205,59 @@
                     </w:r>
                     <w:r>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00AF3893">
       <w:rPr>
         <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B6B13C1" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="aff4"/>
@@ -7303,61 +7294,61 @@
         <w:rFonts w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:cs="AdvOTd43c2f13"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1990898028"/>
       </w:sdtPr>
       <w:sdtContent/>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="45E190DB" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
     <w:pPr>
       <w:pStyle w:val="aff4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1DBFB81B" w14:textId="77777777" w:rsidR="007E4FC2" w:rsidRDefault="007E4FC2">
+    <w:p w14:paraId="790AFD9D" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F02ADDC" w14:textId="77777777" w:rsidR="007E4FC2" w:rsidRDefault="007E4FC2">
+    <w:p w14:paraId="49732C80" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AFBD7B1" w14:textId="77777777" w:rsidR="008B03C3" w:rsidRDefault="008B03C3">
     <w:pPr>
       <w:pStyle w:val="aff7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41FCEE5D" w14:textId="5FF5F401" w:rsidR="009048EF" w:rsidRDefault="008B03C3">
     <w:pPr>
@@ -7365,142 +7356,142 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008B03C3">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve">Journal of Computational Law and Legal </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
     <w:r w:rsidRPr="008B03C3">
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t>Technology</w:t>
     </w:r>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Vol.</w:t>
     </w:r>
     <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">XX </w:t>
     </w:r>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Iss</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:proofErr w:type="gramEnd"/>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
     <w:proofErr w:type="gramStart"/>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">XX </w:t>
     </w:r>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="00000000">
+    <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>yyyy</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:proofErr w:type="gramEnd"/>
   </w:p>
   <w:p w14:paraId="1F51495E" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="aff7"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>______________________________________________________________________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
@@ -7821,56 +7812,63 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2124032426">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="303432380">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="120"/>
+  <w:bordersDoNotSurroundHeader/>
+  <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
+      <v:fill color="white"/>
+    </o:shapedefaults>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMTBmMjA1ZWIzYWQyOTVjNDU2OGJjMDdmYjM3MzNkZDEifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="KSO_WPS_MARK_KEY" w:val="3ad923f0-4551-42c7-9e24-3e84f114d261"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
     <w:docVar w:name="Verify_Styles" w:val="2020-07-04 23:02:03"/>
@@ -8917,50 +8915,51 @@
     <w:rsid w:val="00834C63"/>
     <w:rsid w:val="00835931"/>
     <w:rsid w:val="00835FC9"/>
     <w:rsid w:val="00836F52"/>
     <w:rsid w:val="008374AD"/>
     <w:rsid w:val="00840CF6"/>
     <w:rsid w:val="00842A63"/>
     <w:rsid w:val="008437B3"/>
     <w:rsid w:val="00843FDF"/>
     <w:rsid w:val="008442D4"/>
     <w:rsid w:val="00845227"/>
     <w:rsid w:val="008458E2"/>
     <w:rsid w:val="00846707"/>
     <w:rsid w:val="00847D2C"/>
     <w:rsid w:val="00850D8B"/>
     <w:rsid w:val="008511B9"/>
     <w:rsid w:val="00852499"/>
     <w:rsid w:val="0085400C"/>
     <w:rsid w:val="0085427A"/>
     <w:rsid w:val="00855801"/>
     <w:rsid w:val="00855AFE"/>
     <w:rsid w:val="00856232"/>
     <w:rsid w:val="0085679A"/>
     <w:rsid w:val="0086046C"/>
     <w:rsid w:val="00860F12"/>
+    <w:rsid w:val="00862DA5"/>
     <w:rsid w:val="00863A41"/>
     <w:rsid w:val="008658E1"/>
     <w:rsid w:val="008667BD"/>
     <w:rsid w:val="008673F3"/>
     <w:rsid w:val="00870CE2"/>
     <w:rsid w:val="00871BB1"/>
     <w:rsid w:val="00872613"/>
     <w:rsid w:val="00874BF6"/>
     <w:rsid w:val="0087568F"/>
     <w:rsid w:val="00877BD4"/>
     <w:rsid w:val="0088174B"/>
     <w:rsid w:val="00881CF9"/>
     <w:rsid w:val="008837A7"/>
     <w:rsid w:val="0088416B"/>
     <w:rsid w:val="0088525A"/>
     <w:rsid w:val="00885604"/>
     <w:rsid w:val="008878D4"/>
     <w:rsid w:val="00890644"/>
     <w:rsid w:val="0089078C"/>
     <w:rsid w:val="008914F6"/>
     <w:rsid w:val="00891715"/>
     <w:rsid w:val="00891EB3"/>
     <w:rsid w:val="00892E05"/>
     <w:rsid w:val="0089398E"/>
     <w:rsid w:val="00893CD4"/>
@@ -9229,50 +9228,51 @@
     <w:rsid w:val="00AC37FB"/>
     <w:rsid w:val="00AC4DB3"/>
     <w:rsid w:val="00AC4E5C"/>
     <w:rsid w:val="00AC6666"/>
     <w:rsid w:val="00AD0659"/>
     <w:rsid w:val="00AD0A1F"/>
     <w:rsid w:val="00AD2240"/>
     <w:rsid w:val="00AD330A"/>
     <w:rsid w:val="00AD4073"/>
     <w:rsid w:val="00AD4639"/>
     <w:rsid w:val="00AD60FE"/>
     <w:rsid w:val="00AD72E6"/>
     <w:rsid w:val="00AD774C"/>
     <w:rsid w:val="00AE15B7"/>
     <w:rsid w:val="00AE2F20"/>
     <w:rsid w:val="00AE60D9"/>
     <w:rsid w:val="00AE63C1"/>
     <w:rsid w:val="00AE6D7F"/>
     <w:rsid w:val="00AF04EC"/>
     <w:rsid w:val="00AF137A"/>
     <w:rsid w:val="00AF137D"/>
     <w:rsid w:val="00AF15CF"/>
     <w:rsid w:val="00AF247C"/>
     <w:rsid w:val="00AF2DAF"/>
     <w:rsid w:val="00AF31E9"/>
+    <w:rsid w:val="00AF3893"/>
     <w:rsid w:val="00AF5751"/>
     <w:rsid w:val="00AF5AFB"/>
     <w:rsid w:val="00AF7A71"/>
     <w:rsid w:val="00AF7BAD"/>
     <w:rsid w:val="00AF7C57"/>
     <w:rsid w:val="00B00115"/>
     <w:rsid w:val="00B01090"/>
     <w:rsid w:val="00B0165B"/>
     <w:rsid w:val="00B01874"/>
     <w:rsid w:val="00B03B83"/>
     <w:rsid w:val="00B03FD4"/>
     <w:rsid w:val="00B052CD"/>
     <w:rsid w:val="00B114B3"/>
     <w:rsid w:val="00B159E5"/>
     <w:rsid w:val="00B1697C"/>
     <w:rsid w:val="00B17C91"/>
     <w:rsid w:val="00B209A5"/>
     <w:rsid w:val="00B20C60"/>
     <w:rsid w:val="00B20CE8"/>
     <w:rsid w:val="00B21AE1"/>
     <w:rsid w:val="00B231EE"/>
     <w:rsid w:val="00B23B38"/>
     <w:rsid w:val="00B2445E"/>
     <w:rsid w:val="00B258C3"/>
     <w:rsid w:val="00B262E5"/>
@@ -9753,50 +9753,51 @@
     <w:rsid w:val="00F1784D"/>
     <w:rsid w:val="00F17B80"/>
     <w:rsid w:val="00F204A2"/>
     <w:rsid w:val="00F210AD"/>
     <w:rsid w:val="00F243F3"/>
     <w:rsid w:val="00F2602C"/>
     <w:rsid w:val="00F2688D"/>
     <w:rsid w:val="00F26CA4"/>
     <w:rsid w:val="00F34C9C"/>
     <w:rsid w:val="00F35045"/>
     <w:rsid w:val="00F35CE3"/>
     <w:rsid w:val="00F36EC6"/>
     <w:rsid w:val="00F4002F"/>
     <w:rsid w:val="00F40C12"/>
     <w:rsid w:val="00F415E1"/>
     <w:rsid w:val="00F41F91"/>
     <w:rsid w:val="00F45054"/>
     <w:rsid w:val="00F47256"/>
     <w:rsid w:val="00F5158A"/>
     <w:rsid w:val="00F522F3"/>
     <w:rsid w:val="00F533FF"/>
     <w:rsid w:val="00F546DD"/>
     <w:rsid w:val="00F60A38"/>
     <w:rsid w:val="00F62430"/>
     <w:rsid w:val="00F62E7F"/>
+    <w:rsid w:val="00F636E0"/>
     <w:rsid w:val="00F66666"/>
     <w:rsid w:val="00F715FA"/>
     <w:rsid w:val="00F72062"/>
     <w:rsid w:val="00F73411"/>
     <w:rsid w:val="00F7384C"/>
     <w:rsid w:val="00F738B1"/>
     <w:rsid w:val="00F73F42"/>
     <w:rsid w:val="00F74CE0"/>
     <w:rsid w:val="00F762C3"/>
     <w:rsid w:val="00F770F3"/>
     <w:rsid w:val="00F77277"/>
     <w:rsid w:val="00F811E4"/>
     <w:rsid w:val="00F81275"/>
     <w:rsid w:val="00F812BE"/>
     <w:rsid w:val="00F812F5"/>
     <w:rsid w:val="00F85FF8"/>
     <w:rsid w:val="00F8603B"/>
     <w:rsid w:val="00F87753"/>
     <w:rsid w:val="00F87E21"/>
     <w:rsid w:val="00F91DAB"/>
     <w:rsid w:val="00F9206C"/>
     <w:rsid w:val="00F927B3"/>
     <w:rsid w:val="00F955C6"/>
     <w:rsid w:val="00F959C2"/>
     <w:rsid w:val="00F9734A"/>
@@ -9903,55 +9904,55 @@
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="777F5163"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
+    <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2073097E"/>
   <w15:docId w15:val="{FC42EAD6-27C0-4B76-BD23-00380EF91A4C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="宋体" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="1" w:count="376">
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9"/>
@@ -26246,60 +26247,60 @@
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>2130</Words>
-  <Characters>12360</Characters>
+  <Words>2136</Words>
+  <Characters>12348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>374</Lines>
-  <Paragraphs>116</Paragraphs>
+  <Paragraphs>119</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>微软中国</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14374</CharactersWithSpaces>
+  <CharactersWithSpaces>14365</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>33CEEE28CE444548873E6FC870F3723F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">