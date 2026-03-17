--- v1 (2026-01-14)
+++ v2 (2026-03-17)
@@ -6752,61 +6752,61 @@
     <w:p w14:paraId="558D9C12" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
       <w:pPr>
         <w:pStyle w:val="AuthorAffiliation"/>
         <w:ind w:left="360" w:hangingChars="200" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009048EF">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="2" w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E74682A" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
+    <w:p w14:paraId="0CC842A4" w14:textId="77777777" w:rsidR="00A10BBF" w:rsidRDefault="00A10BBF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B268473" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
+    <w:p w14:paraId="212D7B58" w14:textId="77777777" w:rsidR="00A10BBF" w:rsidRDefault="00A10BBF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -6980,129 +6980,130 @@
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:t>4</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+        <mc:Fallback>
           <w:pict>
-            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQIzXDnwqAgAAVQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aRGrKmq6KlsVIVXsSgVxdh2nieQ/2W6T8gDwBpy4cOe5+hx8zk8XLRz2wMUZe8bfzPfNOIvb&#10;VklyEs7XRud0OkkpEZqbotaHnH76uHk1p8QHpgsmjRY5PQtPb5cvXywam4mZqYwshCMA0T5rbE6r&#10;EGyWJJ5XQjE/MVZoOEvjFAvYukNSONYAXclklqY3SWNcYZ3hwnucrnsnHRDdcwBNWdZcrA0/KqFD&#10;j+qEZAGUfFVbT5ddtWUpeLgvSy8CkTkF09CtSAJ7H9dkuWDZwTFb1XwogT2nhCecFKs1kl6h1iww&#10;cnT1X1Cq5s54U4YJNyrpiXSKgMU0faLNrmJWdFwgtbdX0f3/g+UfTg+O1AUmgRLNFBp++f7t8uPX&#10;5edXMo3yNNZniNpZxIX2rWlj6HDucRhZt6VT8Qs+BH6Ie76KK9pAeLw0n83nKVwcvnEDnOTxunU+&#10;vBNGkWjk1KF7najstPWhDx1DYjZtNrWUOGeZ1KTJ6c3rN2l34eoBuNTIEUn0xUYrtPt2YLA3xRnE&#10;nOknw1u+qZF8y3x4YA6jgILxWMI9llIaJDGDRUll3Jd/ncd4dAheShqMVk41XhIl8r1G5wAYRsON&#10;xn409FHdGcwquoFaOhMXXJCjWTqjPuMFrWIOuJjmyJTTMJp3oR9vvEAuVqsuCLNmWdjqneUROirm&#10;7eoYIGCnaxSlV2LQCtPWdWZ4GXGc/9x3UY9/g+VvUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAM&#10;hu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA7&#10;8jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwdd&#10;rLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrw&#10;LBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2Rs&#10;eUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3&#10;R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8m&#10;AQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAms&#10;jPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07i&#10;QH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAkwQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAK&#10;AAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB1AwAAX3JlbHMvUEsBAhQAFAAAAAgA&#10;h07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAmQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAs0lY&#10;7tAAAAAFAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07i&#10;QIzXDnwqAgAAVQQAAA4AAAAAAAAAAQAgAAAAHwEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYA&#10;WQEAALsFAAAAAA==&#10;">
-[...4 lines deleted...]
-              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+            <v:shapetype w14:anchorId="2B06C07B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="文本框 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:92.8pt;margin-top:0;width:2in;height:2in;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8fyqUPQIAAOQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN+P0zAMfkfif4jyzroNcZqmdaex0xDS&#10;xJ3YIZ6zNFkr0jhKvLXjr8dJfwwdvBziJXVj+7P92c7qvq0NuygfKrA5n02mnCkroajsKeffnnfv&#10;FpwFFLYQBqzK+VUFfr9++2bVuKWaQwmmUJ4RiA3LxuW8RHTLLAuyVLUIE3DKklKDrwXSrz9lhRcN&#10;odcmm0+nd1kDvnAepAqBbh86JV8nfK2VxEetg0Jmck65YTp9Oo/xzNYrsTx54cpK9mmIf8iiFpWl&#10;oCPUg0DBzr76A6qupIcAGicS6gy0rqRKNVA1s+mLag6lcCrVQuQEN9IU/h+s/HI5uCfPsP0ILTUw&#10;EtK4sAx0Getpta/jlzJlpCcKryNtqkUmo9NivlhMSSVJN/wQTnZzdz7gJwU1i0LOPfUl0SUu+4Cd&#10;6WASo1nYVcak3hjLmpzfvf8wTQ6jhsCNpRi3ZJOEV6MigrFflWZVkXKOF2mi1NZ4dhE0C0JKZTGV&#10;m5DIOlppCvsax94+uqo0ba9xHj1SZLA4OteVBZ/qfZF28WNIWXf2AwNd3ZECbI9t38QjFFfqrYdu&#10;7IOTu4r434uAT8LTnFPPaHfxkQ5tgHiGXuKsBP/zb/fRnsaPtJw1tDc5t7TYnJnPlsYyrtgg+EE4&#10;DoI911sg8mf0JjiZRHLwaAZRe6i/00JvYgxSCSspUs5xELfY7S49CFJtNsmIFskJ3NuDkxE6Ndtt&#10;zkgzlEYrktIx0ZNFq5SGs1/7uKu//yer2+O0/gUAAP//AwBQSwMEFAAGAAgAAAAhAHGq0bnXAAAA&#10;BQEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe+T9h8iI3HbUgZCVWk6sYlyRGLlwDFrTFtI&#10;nCrJuvLvMQgJLpafnvX8vXI7OysmDHHwpOBqnYFAar0ZqFPw0tSrHERMmoy2nlDBJ0bYVstFqQvj&#10;z/SM0yF1gkMoFlpBn9JYSBnbHp2Oaz8isffmg9OJZeikCfrM4c7KTZbdSqcH4g+9HnHfY/txODkF&#10;+7ppwoQx2Fd8rK/fn3Y3+DArdXkx39+BSDinv2P4xmd0qJjp6E9korAKuEj6mext8pzl8XeRVSn/&#10;01dfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPx/KpQ9AgAA5AQAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHGq0bnXAAAABQEAAA8AAAAAAAAA&#10;AAAAAAAAlwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACbBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p>
+                  <w:p w14:paraId="34ADA1D9" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
                     <w:pPr>
-                      <w:pStyle w:val="54"/>
+                      <w:pStyle w:val="aff4"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>4</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1547723411"/>
       </w:sdtPr>
       <w:sdtContent/>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="03EFFE4C" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="28FB6178" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="4ED70F19" w14:textId="1E637D37" w:rsidR="009048EF" w:rsidRDefault="00000000">
+  <w:p w14:paraId="4ED70F19" w14:textId="23B2D54C" w:rsidR="009048EF" w:rsidRDefault="00000000">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="14"/>
         <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AE514C4" wp14:editId="615A528E">
               <wp:simplePos x="0" y="0"/>
@@ -7159,115 +7160,136 @@
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+        <mc:Fallback>
           <w:pict>
-            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQAVhjD8rAgAAVQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80bRGrqmq6KlsVIVXsSgVxdh2nieQ/2W6T8gDwBpy4cOe5+hx8dpIuWjjsgYsz9oy/8ffNTBa3&#10;rZLkJJyvjc7pZDSmRGhuilofcvrp4+bVjBIfmC6YNFrk9Cw8vV2+fLFo7FxMTWVkIRwBiPbzxua0&#10;CsHOs8zzSijmR8YKDWdpnGIBW3fICscaoCuZTcfjm6wxrrDOcOE9Ttedk/aI7jmApixrLtaGH5XQ&#10;oUN1QrIASr6qrafL9NqyFDzcl6UXgcicgmlIK5LA3sc1Wy7Y/OCYrWreP4E95wlPOClWayS9Qq1Z&#10;YOTo6r+gVM2d8aYMI25U1hFJioDFZPxEm13FrEhcILW3V9H9/4PlH04PjtRFTqeUaKZQ8Mv3b5cf&#10;vy4/v5JplKexfo6onUVcaN+aFk0znHscRtZt6VT8gg+BH+Ker+KKNhAeL82ms9kYLg7fsAF+9njd&#10;Oh/eCaNINHLqUL0kKjttfehCh5CYTZtNLWWqoNSkyenN6zfjdOHqAbjUyBFJdI+NVmj3bc9sb4oz&#10;iDnTdYa3fFMj+Zb58MAcWgEPxrCEeyylNEhieouSyrgv/zqP8agQvJQ0aK2cakwSJfK9RuUAGAbD&#10;DcZ+MPRR3Rn06gRDaHkyccEFOZilM+ozJmgVc8DFNEemnIbBvAtde2MCuVitUhB6zbKw1TvLI3QU&#10;z9vVMUDApGsUpVOi1wrdlirTT0Zs5z/3Kerxb7D8DVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMw&#10;DIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAw&#10;O/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMH&#10;Xay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa&#10;8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEA&#10;ABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotk&#10;bHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p&#10;90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5P&#10;JgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJ&#10;rIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO&#10;4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAJQEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQA&#10;CgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdgMAAF9yZWxzL1BLAQIUABQAAAAI&#10;AIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAJoDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQLNJ&#10;WO7QAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO&#10;4kAFYYw/KwIAAFUEAAAOAAAAAAAAAAEAIAAAAB8BAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAG&#10;AFkBAAC8BQAAAAA=&#10;">
-[...4 lines deleted...]
-              <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
+            <v:shapetype w14:anchorId="1AE514C4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="文本框 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:92.8pt;margin-top:0;width:2in;height:2in;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBk7KH5PwIAAOsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVFGP0zAMfkfiP0R5Z+2GOE3TutPYaQhp&#10;4k4MxHOWJmtFGkeJt3b8epx07U4HL4d4Sd3Y/mx/trO87xrDzsqHGmzBp5OcM2UllLU9Fvz7t+27&#10;OWcBhS2FAasKflGB36/evlm2bqFmUIEplWcEYsOidQWvEN0iy4KsVCPCBJyypNTgG4H0649Z6UVL&#10;6I3JZnl+l7XgS+dBqhDo9qFX8lXC11pJfNQ6KGSm4JQbptOn8xDPbLUUi6MXrqrlNQ3xD1k0orYU&#10;dIR6ECjYydd/QDW19BBA40RCk4HWtVSpBqpmmr+oZl8Jp1ItRE5wI03h/8HKL+e9e/IMu4/QUQMj&#10;Ia0Li0CXsZ5O+yZ+KVNGeqLwMtKmOmQyOs1n83lOKkm64Ydwspu78wE/KWhYFAruqS+JLnHeBexN&#10;B5MYzcK2Nib1xljWFvzu/Yc8OYwaAjeWYtySTRJejIoIxn5VmtVlyjlepIlSG+PZWdAsCCmVxVRu&#10;QiLraKUp7Gscr/bRVaVpe43z6JEig8XRuakt+FTvi7TLn0PKurcfGOjrjhRgd+io8Ge9PEB5oRZ7&#10;6Kc/OLmtqQ07EfBJeBp3ah2tMD7SoQ0Q3XCVOKvA//rbfbSnKSQtZy2tT8Et7Tdn5rOl6YybNgh+&#10;EA6DYE/NBqgHU3oanEwiOXg0g6g9ND9or9cxBqmElRSp4DiIG+xXmN4FqdbrZET75ATu7N7JCJ16&#10;7tYnpFFKExa56Zm4ckYblWb0uv1xZZ//J6vbG7X6DQAA//8DAFBLAwQUAAYACAAAACEAcarRudcA&#10;AAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/DMAyF75P2HyIjcdtSBkJVaTqxiXJEYuXAMWtM&#10;W0icKsm68u8xCAkulp+e9fy9cjs7KyYMcfCk4GqdgUBqvRmoU/DS1KscREyajLaeUMEnRthWy0Wp&#10;C+PP9IzTIXWCQygWWkGf0lhIGdsenY5rPyKx9+aD04ll6KQJ+szhzspNlt1KpwfiD70ecd9j+3E4&#10;OQX7umnChDHYV3ysr9+fdjf4MCt1eTHf34FIOKe/Y/jGZ3SomOnoT2SisAq4SPqZ7G3ynOXxd5FV&#10;Kf/TV18AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZOyh+T8CAADrBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAcarRudcAAAAFAQAADwAAAAAA&#10;AAAAAAAAAACZBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,0">
                 <w:txbxContent>
-                  <w:p>
+                  <w:p w14:paraId="611E09FE" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
                     <w:pPr>
-                      <w:pStyle w:val="54"/>
+                      <w:pStyle w:val="aff4"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
+              <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r w:rsidR="00AF3893">
       <w:rPr>
         <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman" w:hint="eastAsia"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
+      <w:t xml:space="preserve">. Published by </w:t>
+    </w:r>
+    <w:r w:rsidR="00E9244C" w:rsidRPr="00E9244C">
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:color w:val="666666"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:bidi="ar-SA"/>
+      </w:rPr>
+      <w:t>BON VIEW PUBLISHING</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+        <w:color w:val="666666"/>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="14"/>
+        <w:lang w:bidi="ar-SA"/>
+      </w:rPr>
+      <w:t>. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B6B13C1" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pStyle w:val="aff4"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>licenses/by/4.0/</w:t>
     </w:r>
@@ -7294,61 +7316,61 @@
         <w:rFonts w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:cs="AdvOTd43c2f13"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1990898028"/>
       </w:sdtPr>
       <w:sdtContent/>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="45E190DB" w14:textId="77777777" w:rsidR="009048EF" w:rsidRDefault="009048EF">
     <w:pPr>
       <w:pStyle w:val="aff4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="790AFD9D" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
+    <w:p w14:paraId="573EF2FF" w14:textId="77777777" w:rsidR="00A10BBF" w:rsidRDefault="00A10BBF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="49732C80" w14:textId="77777777" w:rsidR="00F636E0" w:rsidRDefault="00F636E0">
+    <w:p w14:paraId="192A6019" w14:textId="77777777" w:rsidR="00A10BBF" w:rsidRDefault="00A10BBF">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AFBD7B1" w14:textId="77777777" w:rsidR="008B03C3" w:rsidRDefault="008B03C3">
     <w:pPr>
       <w:pStyle w:val="aff7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="41FCEE5D" w14:textId="5FF5F401" w:rsidR="009048EF" w:rsidRDefault="008B03C3">
     <w:pPr>
@@ -7811,51 +7833,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2124032426">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="303432380">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
@@ -9112,50 +9134,51 @@
     <w:rsid w:val="009E126D"/>
     <w:rsid w:val="009E1CE2"/>
     <w:rsid w:val="009E3322"/>
     <w:rsid w:val="009E34E3"/>
     <w:rsid w:val="009E55C6"/>
     <w:rsid w:val="009E5E41"/>
     <w:rsid w:val="009E7A9E"/>
     <w:rsid w:val="009E7AE1"/>
     <w:rsid w:val="009F1050"/>
     <w:rsid w:val="009F1888"/>
     <w:rsid w:val="009F1D02"/>
     <w:rsid w:val="009F2ECC"/>
     <w:rsid w:val="009F31B4"/>
     <w:rsid w:val="009F37AC"/>
     <w:rsid w:val="009F549A"/>
     <w:rsid w:val="00A003A8"/>
     <w:rsid w:val="00A00F3C"/>
     <w:rsid w:val="00A03034"/>
     <w:rsid w:val="00A04495"/>
     <w:rsid w:val="00A053A2"/>
     <w:rsid w:val="00A06BBC"/>
     <w:rsid w:val="00A06EDA"/>
     <w:rsid w:val="00A070B3"/>
     <w:rsid w:val="00A10349"/>
     <w:rsid w:val="00A1040B"/>
+    <w:rsid w:val="00A10BBF"/>
     <w:rsid w:val="00A1119B"/>
     <w:rsid w:val="00A111B8"/>
     <w:rsid w:val="00A11A2B"/>
     <w:rsid w:val="00A11DCF"/>
     <w:rsid w:val="00A12779"/>
     <w:rsid w:val="00A131F6"/>
     <w:rsid w:val="00A16626"/>
     <w:rsid w:val="00A17689"/>
     <w:rsid w:val="00A17D1F"/>
     <w:rsid w:val="00A203A0"/>
     <w:rsid w:val="00A227BB"/>
     <w:rsid w:val="00A22C2E"/>
     <w:rsid w:val="00A22D31"/>
     <w:rsid w:val="00A22F21"/>
     <w:rsid w:val="00A24078"/>
     <w:rsid w:val="00A26304"/>
     <w:rsid w:val="00A2632F"/>
     <w:rsid w:val="00A276BC"/>
     <w:rsid w:val="00A30669"/>
     <w:rsid w:val="00A3075B"/>
     <w:rsid w:val="00A30B26"/>
     <w:rsid w:val="00A31A6C"/>
     <w:rsid w:val="00A32E49"/>
     <w:rsid w:val="00A34834"/>
     <w:rsid w:val="00A35A57"/>
@@ -9664,78 +9687,80 @@
     <w:rsid w:val="00E55DEB"/>
     <w:rsid w:val="00E562CB"/>
     <w:rsid w:val="00E57AD0"/>
     <w:rsid w:val="00E57BE2"/>
     <w:rsid w:val="00E61DEE"/>
     <w:rsid w:val="00E62CEE"/>
     <w:rsid w:val="00E6324C"/>
     <w:rsid w:val="00E638B6"/>
     <w:rsid w:val="00E6589B"/>
     <w:rsid w:val="00E66C6D"/>
     <w:rsid w:val="00E6712F"/>
     <w:rsid w:val="00E6774D"/>
     <w:rsid w:val="00E746CF"/>
     <w:rsid w:val="00E7490F"/>
     <w:rsid w:val="00E754AC"/>
     <w:rsid w:val="00E75CE9"/>
     <w:rsid w:val="00E8138F"/>
     <w:rsid w:val="00E82610"/>
     <w:rsid w:val="00E82A44"/>
     <w:rsid w:val="00E858B3"/>
     <w:rsid w:val="00E8643B"/>
     <w:rsid w:val="00E87971"/>
     <w:rsid w:val="00E87B6C"/>
     <w:rsid w:val="00E906D1"/>
     <w:rsid w:val="00E9121D"/>
+    <w:rsid w:val="00E9244C"/>
     <w:rsid w:val="00E92593"/>
     <w:rsid w:val="00E92665"/>
     <w:rsid w:val="00E92FD0"/>
     <w:rsid w:val="00E95F0A"/>
     <w:rsid w:val="00E960A9"/>
     <w:rsid w:val="00E96870"/>
     <w:rsid w:val="00E96D27"/>
     <w:rsid w:val="00EA04AC"/>
     <w:rsid w:val="00EA1A8E"/>
     <w:rsid w:val="00EA1CD4"/>
     <w:rsid w:val="00EA38B3"/>
     <w:rsid w:val="00EA56EE"/>
     <w:rsid w:val="00EA64D1"/>
     <w:rsid w:val="00EA6A72"/>
     <w:rsid w:val="00EB02EE"/>
     <w:rsid w:val="00EB06F4"/>
     <w:rsid w:val="00EB1549"/>
     <w:rsid w:val="00EC058A"/>
     <w:rsid w:val="00EC38BC"/>
     <w:rsid w:val="00EC3930"/>
     <w:rsid w:val="00EC40FA"/>
     <w:rsid w:val="00EC4814"/>
     <w:rsid w:val="00EC52F2"/>
     <w:rsid w:val="00EC64C2"/>
     <w:rsid w:val="00ED1630"/>
     <w:rsid w:val="00ED234C"/>
     <w:rsid w:val="00ED48FB"/>
     <w:rsid w:val="00ED5A65"/>
+    <w:rsid w:val="00ED5CEE"/>
     <w:rsid w:val="00ED7B5E"/>
     <w:rsid w:val="00ED7CE8"/>
     <w:rsid w:val="00EE0525"/>
     <w:rsid w:val="00EE1C78"/>
     <w:rsid w:val="00EE254D"/>
     <w:rsid w:val="00EE2858"/>
     <w:rsid w:val="00EE2DEF"/>
     <w:rsid w:val="00EE2F23"/>
     <w:rsid w:val="00EE3654"/>
     <w:rsid w:val="00EE4038"/>
     <w:rsid w:val="00EE5AF5"/>
     <w:rsid w:val="00EE6055"/>
     <w:rsid w:val="00EE6D86"/>
     <w:rsid w:val="00EE7211"/>
     <w:rsid w:val="00EF3088"/>
     <w:rsid w:val="00EF32C0"/>
     <w:rsid w:val="00EF449C"/>
     <w:rsid w:val="00EF49E5"/>
     <w:rsid w:val="00EF4B86"/>
     <w:rsid w:val="00EF743B"/>
     <w:rsid w:val="00EF7C32"/>
     <w:rsid w:val="00F00B67"/>
     <w:rsid w:val="00F011F3"/>
     <w:rsid w:val="00F016E9"/>
     <w:rsid w:val="00F01F12"/>