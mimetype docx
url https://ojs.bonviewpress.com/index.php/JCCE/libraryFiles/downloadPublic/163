--- v0 (2025-10-04)
+++ v1 (2026-01-23)
@@ -1231,52 +1231,50 @@
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">through their National Waste Inventory Survey had shown that “Waste management is one of the prevailing challenges in governance that have multi-fold implications on environmental, economic and social themes.” </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A8891D3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="54C6D896">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>2. Literature Review</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5967A48C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
@@ -5362,69 +5360,116 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08B43126">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t xml:space="preserve">[1] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ajzen, I. (1991). The theory of planned behavior. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Organizational Behavior and Human Decision Processes</w:t>
       </w:r>
       <w:r>
         <w:t>, 50(2), 179–211.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.1016/0749-5978(91)90020-T" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="215"/>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.1016/0749-5978(91)90020-T</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68F58D05">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
@@ -5494,69 +5539,116 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF5BDDA">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t xml:space="preserve">[4] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Avcı, D. E., &amp; Çeliker, H. D. (2015). Waste management in ancient times and today from the perspective of teachers: Reflections to diaries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>European Journal of Economics and Business Studies, 1</w:t>
       </w:r>
       <w:r>
         <w:t>(1), 8–13.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.26417/ejes.v1i1.p8-13" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="215"/>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.26417/ejes.v1i1.p8-13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="30005B04">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
@@ -5754,50 +5846,54 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="51163B01">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[8] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Desa, A., Abd-Kadir, N., &amp; Yusooff, F. (2011). </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">A study on the knowledge, attitudes, awareness status and behaviour concerning solid waste management. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Procedia </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5807,50 +5903,93 @@
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ocial and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:i/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ehavioural Sciences</w:t>
       </w:r>
       <w:r>
         <w:t>, 18(2011), 643–648.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.1016/j.sbspro.2011.05.095" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="215"/>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.1016/j.sbspro.2011.05.095</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3950C4DC">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
@@ -5886,94 +6025,141 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="5E640837">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
-      </w:pPr>
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t xml:space="preserve">[10] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Dung, M. D., Mankilik, M., &amp; Ozoji, B. E. (2017). Assessment of college students’ knowledge and attitudes toward solid waste management in north central zone of Nigeria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Science Education International</w:t>
       </w:r>
       <w:r>
         <w:t>, 28(2), 141–146.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.33828/sei.v28.i2.7" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="215"/>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.33828/sei.v28.i2.7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A05C5D">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[11] </w:t>
       </w:r>
       <w:r>
         <w:t>Hage,O.,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>&amp;</w:t>
       </w:r>
@@ -6010,53 +6196,78 @@
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anagement</w:t>
       </w:r>
       <w:r>
         <w:t>, 28(10),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1720–1731. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="0000FF"/>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.1016/j.wasman.2007.08.022" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="215"/>
+          <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>https://doi.org/10.1016/j.wasman.2007.08.022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7844AA0E">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
@@ -6093,77 +6304,79 @@
     </w:p>
     <w:p w14:paraId="72F3F0A4">
       <w:pPr>
         <w:pStyle w:val="234"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="2"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
@@ -6214,72 +6427,79 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="MS UI Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
+  <w:font w:name="MS UI Gothic">
+    <w:panose1 w:val="020B0600070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
+  </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvOTd43c2f13">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="MS UI Gothic">
-[...1 lines deleted...]
-    <w:charset w:val="80"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="66C80074">
     <w:pPr>
       <w:pStyle w:val="54"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
@@ -6563,51 +6783,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t xml:space="preserve">© The Author(s) </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>2025</w:t>
+      <w:t>2026</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="55FDEC62">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -7082,64 +7302,69 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
-[...1 lines deleted...]
-  <w:bordersDoNotSurroundFooter w:val="1"/>
+  <w:zoom w:percent="170"/>
+  <w:bordersDoNotSurroundHeader w:val="0"/>
+  <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayHorizontalDrawingGridEvery w:val="1"/>
+  <w:displayVerticalDrawingGridEvery w:val="1"/>
+  <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
+    <w:doNotExpandShiftReturn/>
+    <w:doNotWrapTextWithPunct/>
+    <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiNGQ3MTVjMGU1YmFiN2ZkNjc0NDJlMGVkMDJiNDEwY2EifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
     <w:docVar w:name="Verify_Styles" w:val="2020-07-04 23:02:03"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="78522E19"/>
     <w:rsid w:val="00002D19"/>
     <w:rsid w:val="000039B4"/>
     <w:rsid w:val="00003AE4"/>
     <w:rsid w:val="000048D0"/>
     <w:rsid w:val="0000535A"/>
     <w:rsid w:val="00006D58"/>
     <w:rsid w:val="0001131D"/>
     <w:rsid w:val="000122DA"/>
     <w:rsid w:val="000129C3"/>
@@ -9077,93 +9302,98 @@
     <w:rsid w:val="00FC3954"/>
     <w:rsid w:val="00FC3CC7"/>
     <w:rsid w:val="00FC4250"/>
     <w:rsid w:val="00FC4ECC"/>
     <w:rsid w:val="00FC534F"/>
     <w:rsid w:val="00FC5B79"/>
     <w:rsid w:val="00FC61BA"/>
     <w:rsid w:val="00FD0027"/>
     <w:rsid w:val="00FD1186"/>
     <w:rsid w:val="00FD1208"/>
     <w:rsid w:val="00FD1B6D"/>
     <w:rsid w:val="00FD214D"/>
     <w:rsid w:val="00FD2E2F"/>
     <w:rsid w:val="00FD3A02"/>
     <w:rsid w:val="00FD4633"/>
     <w:rsid w:val="00FD5300"/>
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE4056"/>
     <w:rsid w:val="00FE5BC3"/>
     <w:rsid w:val="00FE64DE"/>
     <w:rsid w:val="021A270B"/>
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
+    <w:rsid w:val="03EB0DED"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0D336E17"/>
     <w:rsid w:val="0F587009"/>
+    <w:rsid w:val="10872B54"/>
     <w:rsid w:val="12C75CE2"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
+    <w:rsid w:val="2FAF1ED5"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="3B8E2DEE"/>
+    <w:rsid w:val="3BE25D0E"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
+    <w:rsid w:val="50D01775"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="54E74AA3"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="60CA75BA"/>
     <w:rsid w:val="6C062A91"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -9172,51 +9402,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
       <v:stroke color="#000000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 9"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
@@ -27616,56 +27846,56 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
   <Words>2047</Words>
   <Characters>11963</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>13941</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19770_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>3A3FF4471A174F7F909708C312D11909</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiNWNmZDdiYzMyZDZlYmQzM2VjODY1Mzc5YzJkYjUzYjQiLCJ1c2VySWQiOiIxMzQ2MTk2OSJ9</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiZWM2Y2NjNmU5MDBkZjNhZWJhMDk1ZGQwYjM0MjJlZTEiLCJ1c2VySWQiOiIxNTg1NDI0Mjk5In0=</vt:lpwstr>
   </property>
 </Properties>
 </file>