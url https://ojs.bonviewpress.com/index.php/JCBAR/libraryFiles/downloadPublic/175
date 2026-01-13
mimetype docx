--- v0 (2025-11-13)
+++ v1 (2026-01-13)
@@ -1,95 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="58B2C33F">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="606283C6">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BF3475D">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
-          <w:headerReference r:id="rId5" w:type="first"/>
-          <w:footerReference r:id="rId7" w:type="first"/>
+          <w:footerReference r:id="rId6" w:type="first"/>
           <w:headerReference r:id="rId4" w:type="default"/>
-          <w:footerReference r:id="rId6" w:type="default"/>
+          <w:footerReference r:id="rId5" w:type="default"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="1"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01DAF6BE">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:eastAsia="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
@@ -243,102 +241,102 @@
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>J</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>CBAR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>5202</w:t>
+        <w:t>6202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>XXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E9CDA69">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="2"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="114300" distR="114300">
             <wp:extent cx="905510" cy="607695"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="图片 4" descr="Bonv_Png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="图片 4" descr="Bonv_Png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9"/>
+                    <a:blip r:embed="rId8"/>
                     <a:srcRect t="31309" r="10986" b="26481"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="905510" cy="607695"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="01CF3CEA">
       <w:pPr>
         <w:pStyle w:val="386"/>
         <w:spacing w:before="0" w:after="0"/>
@@ -683,51 +681,60 @@
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> This study examined belief, concern, and practice of the in-service postgraduate science teachers towards solid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>waste management and recycle (SWMR) in one of the colleges of education in Bhutan. A structured online survey questionnaire was administered to 39 first-year in-service science teachers out of which 22 (13 male and 9 female) responded. The data were subjected to descriptive statistics such as determining mean and standard deviation. Further, Pearson product-moment correlation was employed in order to determine the significance of some of the demographic characteristics on their belief, concern, and practice towards SWMR. An independent samples test revealed that the only statistically significant difference between the gender is observed in theme concern (p &lt; 0.05 = 0.028), with females reporting higher levels of concerns than the males. However, one-way ANOVA result did not show any statistically significant presence in the teaching subjects among the three themes (F (3, 18) = 0.477, p &gt; 0.001). The Pearson’s product moment correlation revealed statistically significant relation between respondents’ belief and practice (r = 0.01, p &gt; 0.05), whereas negative correlation (r = −.37, p &gt; 0.05) were found between respondents’ concern and practice towards SWMR.</w:t>
+        <w:t>waste management and recycle (SWMR) in one of the colleges of education in Bhutan. A structured online survey questionnaire was administered to 39 first-year in-service science teachers out of which 22 (13 male and 9 female) responded. The data were subjected to descriptive statistics such as determining m</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>ean and standard deviation. Further, Pearson product-moment correlation was employed in order to determine the significance of some of the demographic characteristics on their belief, concern, and practice towards SWMR. An independent samples test revealed that the only statistically significant difference between the gender is observed in theme concern (p &lt; 0.05 = 0.028), with females reporting higher levels of concerns than the males. However, one-way ANOVA result did not show any statistically significant presence in the teaching subjects among the three themes (F (3, 18) = 0.477, p &gt; 0.001). The Pearson’s product moment correlation revealed statistically significant relation between respondents’ belief and practice (r = 0.01, p &gt; 0.05), whereas negative correlation (r = −.37, p &gt; 0.05) were found between respondents’ concern and practice towards SWMR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C8C84CF">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E8727B8">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -2409,51 +2416,51 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2550160" cy="2995930"/>
             <wp:effectExtent l="0" t="0" r="2540" b="13970"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="7" name="Picture 7"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2550160" cy="2995930"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -2617,51 +2624,51 @@
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2747010" cy="2211070"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="8" name="Picture 8"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2747010" cy="2211070"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -4313,129 +4320,129 @@
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="2"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="7A"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Latha">
     <w:altName w:val="Segoe UI Semilight"/>
     <w:panose1 w:val="02000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Semilight">
     <w:panose1 w:val="020B0402040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic UI">
     <w:panose1 w:val="020B0500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="2002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
@@ -4753,54 +4760,52 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-    <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="11F8A9EB">
     <w:pPr>
       <w:pStyle w:val="54"/>
     </w:pPr>
@@ -4961,60 +4966,50 @@
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>yyyy</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="113E2BCF">
     <w:pPr>
       <w:pStyle w:val="56"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>______________________________________________________________________________</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="06E2370C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="06E2370C"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="63"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
@@ -7313,71 +7308,73 @@
     <w:rsid w:val="00FD214D"/>
     <w:rsid w:val="00FD2E2F"/>
     <w:rsid w:val="00FD3A02"/>
     <w:rsid w:val="00FD4633"/>
     <w:rsid w:val="00FD5300"/>
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE4056"/>
     <w:rsid w:val="00FE5BC3"/>
     <w:rsid w:val="00FE64DE"/>
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="06575818"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0F384CAE"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="17FB41BD"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="1BB81E8D"/>
     <w:rsid w:val="1E6A657E"/>
+    <w:rsid w:val="1F0E7409"/>
     <w:rsid w:val="233C5E24"/>
     <w:rsid w:val="25D457F6"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="2CE95C69"/>
     <w:rsid w:val="30BD3E18"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="363E3FB3"/>
     <w:rsid w:val="36E438FB"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="3EBA7A0F"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
+    <w:rsid w:val="529B6759"/>
     <w:rsid w:val="566C2CC6"/>
     <w:rsid w:val="5780458E"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="6A5F667D"/>
     <w:rsid w:val="765F36C8"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7CA103C5"/>
     <w:rsid w:val="7CC12815"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -24903,51 +24900,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="391">
     <w:name w:val="Default"/>
     <w:autoRedefine/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DMAIH O+ Adv T T 140f 2bdb" w:hAnsi="DMAIH O+ Adv T T 140f 2bdb" w:cs="DMAIH O+ Adv T T 140f 2bdb" w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Administrator\Desktop\JCCE_Template%20--OTH%20(1).dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -25216,56 +25213,56 @@
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C28EF3FA-6FE2-421A-BB78-90EEA6E894C1}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Pages>4</Pages>
   <Words>1768</Words>
   <Characters>10464</Characters>
   <Lines>79</Lines>
   <Paragraphs>22</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>12186</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19770_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>3A3FF4471A174F7F909708C312D11909</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiODU1ZDNhNjBmYWQyYjNkY2RhNzk1YmUyYTVhMmJiNWUiLCJ1c2VySWQiOiIxNDE2OTg3NjMxIn0=</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiYTQxZWU3ZTY2N2Q2ZjE1MjkxMGM1ZDVmMWVhNWM0NDgiLCJ1c2VySWQiOiIxNzcwOTQ5NDg4In0=</vt:lpwstr>
   </property>
 </Properties>
 </file>