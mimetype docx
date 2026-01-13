--- v0 (2025-11-13)
+++ v1 (2026-01-13)
@@ -198,78 +198,76 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>10.47852/bonview</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>JCBAR5202</w:t>
+        <w:t>JCBAR6202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>XXXX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473FA21D">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="2"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="114300" distR="114300">
             <wp:extent cx="905510" cy="607695"/>
             <wp:effectExtent l="0" t="0" r="8255" b="0"/>
             <wp:docPr id="4" name="图片 4" descr="Bonv_Png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="图片 4" descr="Bonv_Png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -724,51 +722,60 @@
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> This study examined belief, concern, and practice of the in-service postgraduate science teachers towards solid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>waste management and recycle (SWMR) in one of the colleges of education in Bhutan. A structured online survey questionnaire was administered to 39 first-year in-service science teachers out of which 22 (13 male and 9 female) responded. The data were subjected to descriptive statistics such as determining mean and standard deviation. Further, Pearson product-moment correlation was employed in order to determine the significance of some of the demographic characteristics on their belief, concern, and practice towards SWMR. An independent samples test revealed that the only statistically significant difference between the gender is observed in theme concern (p &lt; 0.05 = 0.028), with females reporting higher levels of concerns than the males. However, one-way ANOVA result did not show any statistically significant presence in the teaching subjects among the three themes (F (3, 18) = 0.477, p &gt; 0.001). The Pearson’s product moment correlation revealed statistically significant relation between respondents’ belief and practice (r = 0.01, p &gt; 0.05), whereas negative correlation (r = −.37, p &gt; 0.05) were found between respondents’ concern and practice towards SWMR.</w:t>
+        <w:t>waste management and recycle (SWMR) in one of the colleges of education in Bhutan. A structured online survey questionnaire was administered to 39 first-year in-service science teachers out of which 22 (13 male and 9 female) responded. The data were subjected to descriptive statistics such as determining mean an</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>d standard deviation. Further, Pearson product-moment correlation was employed in order to determine the significance of some of the demographic characteristics on their belief, concern, and practice towards SWMR. An independent samples test revealed that the only statistically significant difference between the gender is observed in theme concern (p &lt; 0.05 = 0.028), with females reporting higher levels of concerns than the males. However, one-way ANOVA result did not show any statistically significant presence in the teaching subjects among the three themes (F (3, 18) = 0.477, p &gt; 0.001). The Pearson’s product moment correlation revealed statistically significant relation between respondents’ belief and practice (r = 0.01, p &gt; 0.05), whereas negative correlation (r = −.37, p &gt; 0.05) were found between respondents’ concern and practice towards SWMR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B19BB0C">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="606420C7">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
@@ -6259,129 +6266,129 @@
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="2"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="7A"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Latha">
     <w:altName w:val="Segoe UI Semilight"/>
     <w:panose1 w:val="02000400000000000000"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Semilight">
     <w:panose1 w:val="020B0402040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="MS UI Gothic"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS UI Gothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
@@ -6703,51 +6710,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4AC30A6F">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -9255,70 +9262,72 @@
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="26107A9D"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="2FFC66CB"/>
     <w:rsid w:val="34F90CBC"/>
+    <w:rsid w:val="356E02BC"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="395F3D1B"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="469720C6"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
+    <w:rsid w:val="526A5304"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="662D25B9"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
     <w:rsid w:val="7E904296"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -27749,56 +27758,56 @@
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
   <Words>2107</Words>
   <Characters>12426</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>14462</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19770_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>8DD236322F89464EA6FB5F142C2664AC_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19770</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiODU1ZDNhNjBmYWQyYjNkY2RhNzk1YmUyYTVhMmJiNWUiLCJ1c2VySWQiOiIxNDE2OTg3NjMxIn0=</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiYTQxZWU3ZTY2N2Q2ZjE1MjkxMGM1ZDVmMWVhNWM0NDgiLCJ1c2VySWQiOiIxNzcwOTQ5NDg4In0=</vt:lpwstr>
   </property>
 </Properties>
 </file>