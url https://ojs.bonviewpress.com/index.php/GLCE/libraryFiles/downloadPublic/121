--- v0 (2025-10-07)
+++ v1 (2026-01-07)
@@ -4059,52 +4059,50 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E12B6B2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="79015E24">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Table 2</w:t>
       </w:r>
     </w:p>
@@ -6194,50 +6192,52 @@
     </w:p>
     <w:p w14:paraId="4475563A">
       <w:pPr>
         <w:pStyle w:val="234"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708" w:num="2"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
@@ -6338,50 +6338,65 @@
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS UI Gothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvOTd43c2f13">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Garamond-Bold">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="微软雅黑">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="67EA2A15">
     <w:pPr>
       <w:pStyle w:val="54"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
@@ -6664,51 +6679,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="333E9D02">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -7192,51 +7207,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMWUwMmMyY2RjNGI1YTU5ZmE5NmY5YWZkMjcyNTFjNGMifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
@@ -9213,74 +9228,78 @@
     <w:rsid w:val="0628472F"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="13067B62"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="27792000"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="2CFE2B46"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="395F3D1B"/>
+    <w:rsid w:val="399066A4"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
+    <w:rsid w:val="594F3C5E"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
+    <w:rsid w:val="6B487CDD"/>
     <w:rsid w:val="6FE2278B"/>
+    <w:rsid w:val="72E70F5B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
     <w:rsid w:val="7E5F22E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -27681,64 +27700,64 @@
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
-  <Words>2045</Words>
-  <Characters>11947</Characters>
+  <Words>2048</Words>
+  <Characters>11973</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13923</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19302_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>13951</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>68FCE460EFB1438CB6415B618593B9A5_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19302</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiNTg0MzMyNGJiMDEzODc5ODNlMGVjODViOWRkZjg1MDgiLCJ1c2VySWQiOiIxNTE3MTM5MzAxIn0=</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiZTg2NzIzNTJkYWJiZjg5MDkyOGNjZTcxMGRjODI2MDkiLCJ1c2VySWQiOiIxMDI1MjI4NDMwIn0=</vt:lpwstr>
   </property>
 </Properties>
 </file>