--- v0 (2025-10-31)
+++ v1 (2026-01-09)
@@ -3451,50 +3451,56 @@
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="1439"/>
         <w:gridCol w:w="1439"/>
       </w:tblGrid>
       <w:tr w14:paraId="6423BB59">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1EC62FE8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -6702,51 +6708,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7DFD45B9">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -6776,50 +6782,52 @@
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:cs="AdvOTd43c2f13"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1990898028"/>
       </w:sdtPr>
       <w:sdtContent/>
     </w:sdt>
   </w:p>
   <w:p w14:paraId="7891A2E6">
     <w:pPr>
       <w:pStyle w:val="54"/>
     </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:bookmarkEnd w:id="0"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -6909,53 +6917,51 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="01001D71">
     <w:pPr>
       <w:pStyle w:val="56"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>______________________________________________________________________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="3D0B92D8">
     <w:pPr>
       <w:pStyle w:val="56"/>
     </w:pPr>
-    <w:bookmarkStart w:id="0" w:name="_GoBack"/>
   </w:p>
-  <w:bookmarkEnd w:id="0"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="06E2370C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="06E2370C"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="63"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -7242,51 +7248,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="180"/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiZjhlMDliOGU3MmQyNzkyNmI4ZmQ4NjI4ZGFlOWQ3OGIifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
@@ -9293,50 +9299,51 @@
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="43C13384"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B5639C9"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="60CA75BA"/>
+    <w:rsid w:val="61992C95"/>
     <w:rsid w:val="649F3DD1"/>
     <w:rsid w:val="64D12312"/>
     <w:rsid w:val="6C062A91"/>
     <w:rsid w:val="6FE2278B"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
@@ -27759,64 +27766,64 @@
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
-  <Words>1366</Words>
-  <Characters>7845</Characters>
+  <Words>2083</Words>
+  <Characters>12139</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9165</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19302_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>14147</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>382BBEF5800541208A127AFAE7A8072D_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19302</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiZjhlMDliOGU3MmQyNzkyNmI4ZmQ4NjI4ZGFlOWQ3OGIiLCJ1c2VySWQiOiIxNTc3MjI2OTU0In0=</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiZDhjZTMwOGEwNGVhZGQ0ZmU2YWJjMGNkNmE4MzRlZmUiLCJ1c2VySWQiOiI0MTI0MzU4MjcifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>