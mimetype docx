--- v0 (2025-10-07)
+++ v1 (2026-01-10)
@@ -1,262 +1,263 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="20982DB6">
+    <w:p w14:paraId="56BE35A5">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53968248">
+    <w:p w14:paraId="1CC66CF7">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A985EDC">
+    <w:p w14:paraId="68A57891">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
           <w:footerReference r:id="rId6" w:type="first"/>
           <w:headerReference r:id="rId4" w:type="default"/>
           <w:footerReference r:id="rId5" w:type="default"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="1"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="458D3CD6">
+    <w:p w14:paraId="335CFF48">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>RESEARCH ARTICLE/REVIEW</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37DC8029">
+    <w:p w14:paraId="209AA8A9">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D20C078">
+    <w:p w14:paraId="11D3C100">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Article Title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192C1CC3">
+    <w:p w14:paraId="6F7D8FC1">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F8480C2">
+    <w:p w14:paraId="4D22C267">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D854260">
+    <w:p w14:paraId="76FB40C8">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
         <w:t>Artificial Intelligence and Applications</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C52AE8">
+    <w:p w14:paraId="0DB13988">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>yyyy, Vol. XX(XX) 1–5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54FD759F">
+    <w:p w14:paraId="7E3D1F2B">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">DOI: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>10.47852/bonview</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>AIA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>XXXXXXXX</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1006A661">
+    <w:p w14:paraId="774E4666">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="2"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="114300" distR="114300">
             <wp:extent cx="905510" cy="607695"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="图片 4" descr="Bonv_Png"/>
             <wp:cNvGraphicFramePr>
@@ -272,51 +273,51 @@
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect t="31309" r="10986" b="26481"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="905510" cy="607695"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A1B90D4">
+    <w:p w14:paraId="738E3403">
       <w:pPr>
         <w:pStyle w:val="386"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>116205</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5951855" cy="6350"/>
@@ -350,157 +351,142 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:0.2pt;margin-top:9.15pt;height:0.5pt;width:468.65pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA85wE9NUAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Oy07DMBBF90j8gzVI7KjTBtE2xKlUpKxAVE1hwc6Np0kg&#10;Hqe2++DvGVbt8j5078kXZ9uLI/rQOVIwHiUgkGpnOmoUfGzKhxmIEDUZ3TtCBb8YYFHc3uQ6M+5E&#10;azxWsRE8QiHTCtoYh0zKULdodRi5AYmznfNWR5a+kcbrE4/bXk6S5Ela3RE/tHrAlxbrn+pgFezw&#10;/fM1eNy/7VfLr7Jafdum3Ch1fzdOnkFEPMdLGf7xGR0KZtq6A5kgegWP3GN3loLgdJ5OpyC2bMxT&#10;kEUur/GLP1BLAwQUAAAACACHTuJAZRzLPeUBAAC0AwAADgAAAGRycy9lMm9Eb2MueG1srVNLbtsw&#10;EN0XyB0I7mvZLhQ4guUsYiSbojXQ9gA0RUkE+MMMY9mX6AUKdNeuuuy+t2l6jA4px/l0k0W1oIbz&#10;ecP3OFxe7q1hOwWovav5bDLlTDnpG+26mn/6eP16wRlG4RphvFM1Pyjkl6uzV8shVGrue28aBYxA&#10;HFZDqHkfY6iKAmWvrMCJD8pRsPVgRaQtdEUDYiB0a4r5dHpeDB6aAF4qRPKuxyA/IsJLAH3baqnW&#10;Xt5a5eKICsqISJSw1wH5Kp+2bZWM79sWVWSm5sQ05pWakL1Na7FaiqoDEXotj0cQLznCM05WaEdN&#10;T1BrEQW7Bf0PlNUSPPo2TqS3xUgkK0IsZtNn2nzoRVCZC0mN4SQ6/j9Y+W63AaabmpecOWHpwu++&#10;/Pz9+dufX19pvfvxnZVJpCFgRblXbgPHHYYNJMb7Fmz6Exe2z8IeTsKqfWSSnOVFOVuU1EFS7PxN&#10;mXUvHmoDYLxR3rJk1Nxol2iLSuzeYqR+lHqfktzOX2tj8tUZx4aaX5TzBC5oHFsaAzJtIEroOs6E&#10;6WjOZYSMiN7oJlUnHIRue2WA7USajvwlrtTtSVpqvRbYj3k5NM6N1ZGegtG25ovH1cYRSFJs1ChZ&#10;W98csnTZT5eZ2xwHL03L432ufnhsq79QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVs&#10;cy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9&#10;cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj&#10;0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7&#10;Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+&#10;BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2&#10;G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriS&#10;fYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4&#10;syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53&#10;yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcA&#10;AADhAQAAEwAAAAAAAAABACAAAABTBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO&#10;4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAADUDAABfcmVscy9QSwECFAAUAAAACACHTuJAihRm&#10;PNEAAACUAQAACwAAAAAAAAABACAAAABZAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAA&#10;AAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kDznAT01QAAAAYB&#10;AAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJAZRzLPeUB&#10;AAC0AwAADgAAAAAAAAABACAAAAAkAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAAewUA&#10;AAAA&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3304A96A">
+    <w:p w14:paraId="0A13645F">
       <w:pPr>
         <w:pStyle w:val="386"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D989641">
+    <w:p w14:paraId="3E4893AA">
       <w:pPr>
         <w:pStyle w:val="386"/>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Author1 Name, Author2 Name and Author3 Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54495BF9">
+    <w:p w14:paraId="6B35E02B">
       <w:pPr>
         <w:pStyle w:val="387"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t>1 Department, Name of organization, Country.</w:t>
+        <w:t>1 Department, Name of organization.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19047037">
+    <w:p w14:paraId="7C461F5F">
       <w:pPr>
         <w:pStyle w:val="387"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>2 Department, Name of organization.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A5CDC3">
+      <w:pPr>
+        <w:pStyle w:val="387"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
+          <w:i/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>3 Department, Name of organization</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Department, Name of organization, Country.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7555CE61">
-[...31 lines deleted...]
-    <w:p w14:paraId="54306F74">
+    <w:p w14:paraId="2230DA0B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>*Corresponding author:</w:t>
       </w:r>
       <w:r>
@@ -523,94 +509,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Royal University of Bhutan, Bhutan. Email: </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "mailto:srinchen.sce@rub.edu.bt" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="215"/>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
-          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
-[...1 lines deleted...]
-        <w:t>xxxxx</w:t>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>srinchen.sce@rub.edu.bt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>@rub.edu.bt</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F9E29A6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="end"/>
-[...14 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E427F32">
+    <w:p w14:paraId="79854208">
       <w:pPr>
         <w:pStyle w:val="235"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-4445</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>56515</wp:posOffset>
@@ -646,105 +622,105 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:-0.35pt;margin-top:4.45pt;height:0.7pt;width:469.6pt;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA8MWTotMAAAAG&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2OwU7DMBBE70j8g7VIXKrWbisgCXGqCok7TSvObryJI+J1&#10;FLtt+HuWExxH8zTzyt3sB3HFKfaBNKxXCgRSE2xPnYbT8X2ZgYjJkDVDINTwjRF21f1daQobbnTA&#10;a506wSMUC6PBpTQWUsbGoTdxFUYk7toweZM4Tp20k7nxuB/kRqln6U1P/ODMiG8Om6/64jXk8+YU&#10;Ptp28en2dY/7hcvq5qD148NavYJIOKc/GH71WR0qdjqHC9koBg3LFwY1ZDkIbvNt9gTizJjagqxK&#10;+V+/+gFQSwMEFAAAAAgAh07iQO742WDxAQAAvwMAAA4AAABkcnMvZTJvRG9jLnhtbK1TzY7TMBC+&#10;I/EOlu80bUp306jpHrZaLggqAQ/gOnZiyX/yeJv2JXgBJG5w4sidt2F5DMZO2d/LHsjBGXvG38z3&#10;zXh1cTCa7EUA5WxDZ5MpJcJy1yrbNfTTx6tXFSUQmW2ZdlY09CiAXqxfvlgNvhal651uRSAIYqEe&#10;fEP7GH1dFMB7YRhMnBcWndIFwyJuQ1e0gQ2IbnRRTqdnxeBC64PjAgBPN6OTnhDDcwCdlIqLjePX&#10;Rtg4ogahWURK0CsPdJ2rlVLw+F5KEJHohiLTmFdMgvYurcV6xeouMN8rfiqBPaeER5wMUxaT3kJt&#10;WGTkOqgnUEbx4MDJOOHOFCORrAiymE0fafOhZ15kLig1+FvR4f/B8nf7bSCqbeicEssMNvzmy8/f&#10;n7/9+fUV15sf38k8iTR4qDH20m7DaQd+GxLjgwwm/ZELOTR0WZbTEtU9ImL1ujqfL0aNxSESjv7F&#10;8my+TAEcI6pqmVtQ3MH4APGNcIYko6Fa2aQAq9n+LURMjaH/QtKxdVdK69xFbcmASWfnCwRnOJkS&#10;JwJN45Ed2I4SpjsceR5DRgSnVZtuJxwI3e5SB7JnaVDyl+rGbA/CUuoNg36My66RnlERX4VWBknd&#10;v60tgiTxRrmStXPtMauYz7GvOc1pBtPg3N/n23fvbv0XUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAA&#10;AAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFq&#10;wzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1&#10;oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxt&#10;IwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMc&#10;sBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADh&#10;AQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8S&#10;i2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+&#10;vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQ&#10;rk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0&#10;lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgA&#10;h07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAXQQAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAA/AwAAX3JlbHMvUEsBAhQAFAAA&#10;AAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAYwMAAF9yZWxzLy5yZWxzUEsBAhQACgAA&#10;AAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJA&#10;8MWTotMAAAAGAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgA&#10;h07iQO742WDxAQAAvwMAAA4AAAAAAAAAAQAgAAAAIgEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAG&#10;AAYAWQEAAIUFAAAAAA==&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke weight="0.25pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D17919">
+    <w:p w14:paraId="3DA83B7C">
       <w:pPr>
         <w:pStyle w:val="235"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> This study examined belief, concern, and practice of the in-service postgraduate science teachers towards solid</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>waste management and recycle (SWMR) in one of the colleges of education in Bhutan. A structured online survey questionnaire was administered to 39 first-year in-service science teachers out of which 22 (13 male and 9 female) responded. The data were subjected to descriptive statistics such as determining mean and standard deviation. Further, Pearson product-moment correlation was employed in order to determine the significance of some of the demographic characteristics on their belief, concern, and practice towards SWMR. An independent samples test revealed that the only statistically significant difference between the gender is observed in theme concern (p &lt; 0.05 = 0.028), with females reporting higher levels of concerns than the males. However, one-way ANOVA result did not show any statistically significant presence in the teaching subjects among the three themes (F (3, 18) = 0.477, p &gt; 0.001). The Pearson’s product moment correlation revealed statistically significant relation between respondents’ belief and practice (r = 0.01, p &gt; 0.05), whereas negative correlation (r = −.37, p &gt; 0.05) were found between respondents’ concern and practice towards SWMR.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A5E461">
+    <w:p w14:paraId="1DBF567E">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="552FADB3">
+    <w:p w14:paraId="24F0B3D7">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Keywords:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> solid waste management</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -800,51 +776,51 @@
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> concern</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A76F753">
+    <w:p w14:paraId="02CD25B5">
       <w:pPr>
         <w:pStyle w:val="239"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="1"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
@@ -892,81 +868,81 @@
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:-1.3pt;margin-top:5.95pt;height:0.05pt;width:470.1pt;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAV1DtqtQAAAAI&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VIXKrWTpBKE+JUFRJ3GirObryJI+J1&#10;FLtt+HuWExz3zWh2ptovfhRXnOMQSEO2USCQ2mAH6jWcPt7WOxAxGbJmDIQavjHCvr6/q0xpw42O&#10;eG1SLziEYmk0uJSmUsrYOvQmbsKExFoXZm8Sn3Mv7WxuHO5HmSu1ld4MxB+cmfDVYfvVXLyGYslP&#10;4b3rVp/u0Ax4WLld0x61fnzI1AuIhEv6M8Nvfa4ONXc6hwvZKEYN63zLTuZZAYL14umZwZlBrkDW&#10;lfw/oP4BUEsDBBQAAAAIAIdO4kAVWBtH5QEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWytU82O0zAQ&#10;viPxDpbvNGlXbZeo6R62Wi4IKgEPMHWcxJL/5PE27UvwAkjc4MSRO2/D8hiMndJdlsseyMEZz8/n&#10;+T6PV1cHo9leBlTO1nw6KTmTVrhG2a7mH97fvLjkDCPYBrSzsuZHifxq/fzZavCVnLne6UYGRiAW&#10;q8HXvI/RV0WBopcGcOK8tBRsXTAQaRu6ogkwELrRxawsF8XgQuODExKRvJsxyE+I4SmArm2VkBsn&#10;bo20cUQNUkMkStgrj3ydu21bKeLbtkUZma45MY15pUPI3qW1WK+g6gL4XolTC/CUFh5xMqAsHXqG&#10;2kAEdhvUP1BGieDQtXEinClGIlkRYjEtH2nzrgcvMxeSGv1ZdPx/sOLNfhuYamq+4MyCoQu/+/T9&#10;58cvv358pvXu21e2SCINHivKvbbbcNqh34bE+NAGk/7EhR2ysMezsPIQmSDn/OWynC1Jc0GxxcU8&#10;IRb3pT5gfCWdYcmouVY2sYYK9q8xjql/UpLbuhulNfmh0pYNNb+YLueEDTSNLU0BmcYTI7QdZ6A7&#10;GnMRQ0ZEp1WTqlMxhm53rQPbQxqO/J0a+ystHb0B7Me8HEppUBkV6SVoZWp++bBaW2KXBBslStbO&#10;NcesXPbTXWb+p7lLw/Jwn6vv39r6N1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxz&#10;L1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1x&#10;msMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PT&#10;CyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptn&#10;zb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134E&#10;fV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29u&#10;dGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7Yb&#10;RJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9&#10;jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDiz&#10;KgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJ&#10;bDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAA&#10;AOEBAAATAAAAAAAAAAEAIAAAAFIEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07i&#10;QAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAANAMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY8&#10;0QAAAJQBAAALAAAAAAAAAAEAIAAAAFgDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAA&#10;AAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQFdQ7arUAAAACAEA&#10;AA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAVWBtH5QEA&#10;ALMDAAAOAAAAAAAAAAEAIAAAACMBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAAB6BQAA&#10;AAA=&#10;">
                 <v:fill on="f" focussize="0,0"/>
                 <v:stroke weight="0.25pt" color="#000000 [3200]" miterlimit="8" joinstyle="miter"/>
                 <v:imagedata o:title=""/>
                 <o:lock v:ext="edit" aspectratio="f"/>
               </v:line>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BA5A33">
+    <w:p w14:paraId="5A391909">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>1. Introduction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D65B98">
+    <w:p w14:paraId="02423B49">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04378CAC">
+    <w:p w14:paraId="3A2D24D9">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">While talking about education and waste management in any sections of the society, the role that every science teacher can play in providing waste related education is pivotal compared to other subject teachers </w:t>
       </w:r>
@@ -1029,51 +1005,51 @@
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>2, 3, 4, 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. Effective and efficient waste management is an essential part of sustainable development goals, creating awareness on waste issues, can be best done in schools. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A93F67">
+    <w:p w14:paraId="02BBE7BA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Despite, considerable amount of attention environmental issues receives from the world leaders, it’s often been a centre of discussion and debate for decades </w:t>
       </w:r>
@@ -1096,90 +1072,78 @@
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">. Therefore, it is imperative to study science teacher’s attitudes towards SWMR in terms of belief, concern, and practice. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D31406">
+    <w:p w14:paraId="2636EB18">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Bhutan, a tiny kingdom nestled in the Himalayas is not an exception to this</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> man-made predicament and the environmental problems which are caused by humans. </w:t>
+        <w:t xml:space="preserve">Bhutan, a tiny kingdom nestled in the Himalayas is not an exception to this man-made predicament and the environmental problems which are caused by humans. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FFD48E">
+    <w:p w14:paraId="5BA6F47D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>The recent study conducted by Department of Curriculum Research and Developmen</w:t>
       </w:r>
@@ -1262,95 +1226,95 @@
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">] </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">through their National Waste Inventory Survey had shown that “Waste management is one of the prevailing challenges in governance that have multi-fold implications on environmental, economic and social themes.” </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33862279">
+    <w:p w14:paraId="59C7B721">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="189F6C02">
+    <w:p w14:paraId="46FEA08B">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>2. Literature Review</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0959AEC1">
+    <w:p w14:paraId="7DB9DF3D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D6C65C7">
+    <w:p w14:paraId="0405D38E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Problems associated with environment and waste have received immense care globally </w:t>
       </w:r>
@@ -2243,51 +2207,51 @@
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>it.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BFC112">
+    <w:p w14:paraId="26546FC3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Equally, over the years, there have been few important studies in the field of education that investigated topics related to solid waste management </w:t>
       </w:r>
@@ -2310,152 +2274,151 @@
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>1, 3, 4, 8, 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> studied student’s attitudes and knowledge towards solid waste management. The findings of these studies had shown similar results that the respondents, who were college students, had shown a positive attitude towards solid wastemanagement with a low level of knowledge.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A86283">
+    <w:p w14:paraId="396ADAF2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>However, previous studies have neglected variables such as teaching subjects and their influence in determining their belief, concern, and practice of teachers toward SWMR. Therefore, this study which is the first of its kind in Bhutan with the in-service postgraduate teachers, thus attempts to fill the literature gap left by previous studies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14B9EA6E">
+    <w:p w14:paraId="7CBDEE5C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="052FDC44">
+    <w:p w14:paraId="3EA9338B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Figure 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F45E32F">
+    <w:p w14:paraId="0964675E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Network teaching quality evaluation system based on big data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E2A46E">
+    <w:p w14:paraId="4161E7E6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2747010" cy="3227070"/>
             <wp:effectExtent l="0" t="0" r="15240" b="11430"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -2478,550 +2441,667 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2747010" cy="3227070"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32FCD533">
+    <w:p w14:paraId="5E00B745">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="359F60AA">
+    <w:p w14:paraId="229C8788">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>2.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Theoretical </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r>
         <w:t>ramework</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22BFA3FA">
+    <w:p w14:paraId="5ADCD00F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13788D86">
+    <w:p w14:paraId="6E0575F0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:hint="default" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Human behavior is complex. The relationship between behavior and attitude has been a topic of interest within the field of human psychology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>Human behavior is complex. The relationship between behavior and attitude has been a topic of interest within the field of human psychology</w:t>
+        <w:t xml:space="preserve"> Since then many theories within this subject evolved in order to understand and predict attitudinal influences on behavior and response. The most widely used theory in environmental behavior researches is the Theory of Reasoned Action [TRA] and its extension, Theory of Planned Behavior [TPB] postulated and popularized by Holbrook</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> [</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>11</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>]</w:t>
+        <w:t>].</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Since then many theories within this subject evolved in order to understand and predict attitudinal influences on behavior and response. The most widely used theory in environmental behavior researches is the Theory of Reasoned Action [TRA] and its extension, Theory of Planned Behavior [TPB] postulated and popularized by Holbrook</w:t>
+        <w:t xml:space="preserve"> The theory is based on a premise that individual behavior and intentions are directly related to their attitudes. Interestingly, many studies on knowledge and attitudes have found to have a positive and often statistically significant relationship between the behavior and intentions. TPB framework can thus provide guidance to design inter mediation strategies to support maintain positive behavior or bring in changes </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [</w:t>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The TPB has been widely used to predict a person’s intentions to participate in a specific behavior related to environmental behavioral research </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>[</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>12</w:t>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>].</w:t>
+        <w:t>]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The theory is based on a premise that individual behavior and intentions are directly related to their attitudes. Interestingly, many studies on knowledge and attitudes have found to have a positive and often statistically significant relationship between the behavior and intentions. TPB framework can thus provide guidance to design inter mediation strategies to support maintain positive behavior or bring in changes </w:t>
+        <w:t>. Hage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>[</w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>derholm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>mentions about three conceptually independent determinants of intention in the TPB. They are attitudes towards the behavior, subjective norm, and perceived behavioral control. However, these three</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">independent elements intention in TPB varies depending on contexts and behavior. Figure </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>shows the TPB model as conceived by Chanda</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t>]</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17B81F34">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">. The TPB has been widely used to predict a person’s intentions to participate in a specific behavior related to environmental behavioral research </w:t>
-[...210 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="458AC80F">
+    <w:p w14:paraId="199E49E1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="68CF308A">
+    <w:p w14:paraId="7AF4FBF1">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="471ED3A8">
+    <w:p w14:paraId="02B5A92B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="253C6B8C">
+    <w:p w14:paraId="6E885F50">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2483FFAB">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34E9B4C6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3CD67B">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Figure 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D44C08">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>Theory of planned behavior</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="626489BF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D16997C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2747010" cy="2211070"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="8" name="Picture 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3044,1861 +3124,1867 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2747010" cy="2211070"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4980AF03">
+    <w:p w14:paraId="67A7E02B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="642BA4F2">
+    <w:p w14:paraId="67AECD9C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:t>3. Research Methodology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F90C873">
+    <w:p w14:paraId="30B9F018">
       <w:pPr>
         <w:rPr>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4781A609">
+    <w:p w14:paraId="2A4E2E5C">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.1. Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t>esign</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63BFAD1A">
+    <w:p w14:paraId="424CCB29">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="779FFFAC">
+    <w:p w14:paraId="041BEDBD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">This study has employed a cross-sectional study design in order to examine the in-service postgraduate science teachers’ belief, concern, and practice towards SWMR. Salkind (2010) and Sedgwick (2014) are of the view that the cross-sectional studies which often uses questionnaire surveys as comparatively inexpensive and quick to conduct at one point in time. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="143BF341">
+    <w:p w14:paraId="7DA3AE33">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0973D848">
+    <w:p w14:paraId="3AB7538D">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>3.2. Participants</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="386B3007">
+    <w:p w14:paraId="54044217">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="778B2151">
+    <w:p w14:paraId="37B27DC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>A random sampling method was employed for the study. The sample for the study consisted of 22 first year in-service postgraduate science teachers from one of the Colleges of Education in Bhutan. 13 male (59%) teachers and 9 female (40.9%) teachers participated in the study. The sample comprised of 7 biology teachers (31.8%), 10 chemistry teachers (45.5%), and 5 Physics teachers (22.7%). Since the participation for this study was purely on a voluntary basis, only 22 out of 39 in-service postgraduate science teachers took part in the study. The overall response rate was recorded at 56%.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40795235">
+    <w:p w14:paraId="5FA35C72">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="280" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="680B86A2">
+    <w:p w14:paraId="3D5E3222">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>. Instruments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AB6A51E">
+    <w:p w14:paraId="105D4E94">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E86B067">
+    <w:p w14:paraId="528E5FC2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>In-service first year postgraduate science teacher’s attitude towards SWMR were adapted from the Scale for the Attitudes of Pre-service Teachers towards Solid Wastes and Recycle developed by Karatekin (2013). The scale consists of 30</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>questions and 3 themes. The theme belief consists of 7 items, the theme concern consists of 10 items, and the theme practice has 13 items. The instrument was self-reported with structured five-point Likert scale ranging from Strongly Disagree, Disagree, Neutral, Agree to</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54A75F50">
+    <w:p w14:paraId="2381944D">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Strongly Agree. The values assigned to the options were 1, 2, 3, 4, and 5 respectively. The Cronbach’s Alpha for instrument reliability was recorded at 0.87 for the 30 items questionnaire.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C9F66E">
+    <w:p w14:paraId="1C8DF3EA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C31C8D6">
+    <w:p w14:paraId="6DBAA82B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Table 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCD03C0">
+    <w:p w14:paraId="635C7EF6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Interpretation of the mean scale for belief, concern, and practice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD440E3">
+    <w:p w14:paraId="77A9FE8E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="87"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1438"/>
         <w:gridCol w:w="1439"/>
         <w:gridCol w:w="1439"/>
       </w:tblGrid>
-      <w:tr w14:paraId="72A617C0">
+      <w:tr w14:paraId="50FF42AD">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F84A1EE">
+          <w:p w14:paraId="7A8990AF">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Scale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AEC2DEB">
+          <w:p w14:paraId="323E918D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Mean Interpretation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DD7D950">
+          <w:p w14:paraId="0AE6C69E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5403D92B">
+      <w:tr w14:paraId="778C66A3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0EF8EE82">
+          <w:p w14:paraId="72F04F10">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>1.00–2.49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4B15B4A0">
+          <w:p w14:paraId="438EC382">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Strongly Disagree, Disagree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42EB39DD">
+          <w:p w14:paraId="561A1632">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Low</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4FD169D2">
+      <w:tr w14:paraId="67524A76">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D6F3543">
+          <w:p w14:paraId="75CE70F9">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>2.50–3.49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D2CF37E">
+          <w:p w14:paraId="0A9B9EF5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Neutral</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0BFC3FFC">
+          <w:p w14:paraId="7DCBCF7D">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="021A648D">
+      <w:tr w14:paraId="7D44300A">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
             <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C65DEEA">
+          <w:p w14:paraId="1E8ACBAA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>3.50–5.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F293EB5">
+          <w:p w14:paraId="78622055">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>Agree, Strongly Agree</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1439" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62F2A8E8">
+          <w:p w14:paraId="6B0A4FBA">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
                 <w:lang w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>High</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F6B64AB">
-[...14 lines deleted...]
-    <w:p w14:paraId="22085E84">
+    <w:p w14:paraId="16EF3CA4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="537715C4">
+    <w:p w14:paraId="3178E36C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>Table 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6351EA1D">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>One-way ANOVA results based on teaching subjects</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A508618">
+    <w:p w14:paraId="2A294674">
       <w:pPr>
         <w:pStyle w:val="391"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="87"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1617"/>
         <w:gridCol w:w="1575"/>
         <w:gridCol w:w="1026"/>
       </w:tblGrid>
-      <w:tr w14:paraId="29F74956">
+      <w:tr w14:paraId="0E3ACCC6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C004E91">
+          <w:p w14:paraId="427AEAC9">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Scale </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B7C16B2">
+          <w:p w14:paraId="0877589F">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Frequency </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42B0F10A">
+          <w:p w14:paraId="47E73FCA">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Percentage </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6AB004AA">
+      <w:tr w14:paraId="76043BBC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="697E6784">
+          <w:p w14:paraId="789EA80B">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Strongly Disagree </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EF85DAB">
+          <w:p w14:paraId="082BC173">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79C58B3D">
+          <w:p w14:paraId="25E64906">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">23.3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="08502AEA">
+      <w:tr w14:paraId="5687FD17">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0498707E">
+          <w:p w14:paraId="76B8389F">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Disagree </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77BF6741">
+          <w:p w14:paraId="24069B2D">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">11 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73B4530F">
+          <w:p w14:paraId="422920B6">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">36.7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="098EFD30">
+      <w:tr w14:paraId="298FC703">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45627DD0">
+          <w:p w14:paraId="00C9111A">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Not Sure </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7379FB54">
+          <w:p w14:paraId="1236D8A1">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">10 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45EFA9CE">
+          <w:p w14:paraId="0A4AC5BA">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">33.3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0729395B">
+      <w:tr w14:paraId="4E5A945E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D4637A2">
+          <w:p w14:paraId="1C50A608">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Agree </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D767650">
+          <w:p w14:paraId="458F483A">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6031247A">
+          <w:p w14:paraId="28E6D434">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="58D3130D">
+      <w:tr w14:paraId="7D770612">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="12" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="12" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1C9E36D3">
+          <w:p w14:paraId="5FB87BD2">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">Strongly Agree </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1575" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D807809">
+          <w:p w14:paraId="1C89F149">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1026" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32FDFF7C">
+          <w:p w14:paraId="713E25F1">
             <w:pPr>
               <w:pStyle w:val="391"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="17"/>
                 <w:szCs w:val="17"/>
               </w:rPr>
               <w:t xml:space="preserve">6.7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="065C2EFE">
+    <w:p w14:paraId="3A97EC11">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>*p &lt; 0.05.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F69A4A5">
+    <w:p w14:paraId="416EE29F">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="584A526E">
+    <w:p w14:paraId="49D02A30">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>4. Conclusion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD54007">
+    <w:p w14:paraId="1E71ED73">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D404DCF">
+    <w:p w14:paraId="3CA6790E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>To sum up, there is a great relationship between Western rhetoric and English writing, rhetoric is not only the use of rhetoric. However, the use of figures of speech can provide some very useful writing skills for English writing. Rhetoric, as a whole, is an art of persuasion. In the process of using various rhetorical devices to write, English writers should pay attention to strengthening their understanding of rhetoric itself and the knowledge covered within it, and combine the rhetorical perspective to improve their ability to use rhetorical devices such as contrastive, exaggeration and so on.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50815101">
+    <w:p w14:paraId="3A695178">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79E092D2">
+    <w:p w14:paraId="29923774">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Recommendations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6209B870">
+    <w:p w14:paraId="2D662856">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B115C18">
+    <w:p w14:paraId="326A6CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>The finding revealed that the lack of training for both teachers and students was the main factor that prevented them from using educational technology tools in teaching and learning Ecology. Therefore, training on educational technology for both teachers and students is recommended. Since educational technology tools have arisen excitement and curiosity amongst students, they recommended other module tutors to use educational technology tools as well. Educational technology tools integrated in the module will be further replicated by student’s teacher during teaching practice or as a full fledge teacher. Therefore, tutors were recommended to use variety of educational technology tools in learning, teaching and an assessment.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="331BB3DF">
+    <w:p w14:paraId="0F1355B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7047CEBE">
+    <w:p w14:paraId="72C1BE03">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Acknowledgement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77EC5E52">
+    <w:p w14:paraId="534726BF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C5FD779">
+    <w:p w14:paraId="778AC3B3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">The authors arc grateful to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4915,329 +5001,329 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> at the ICAR-CentralInstitutc of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Agricultural Enginccring, Bhopal, India for the assistanccin data analysis.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CAB249F">
+    <w:p w14:paraId="3F50DAB0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="550C6BE2">
+    <w:p w14:paraId="3F216EF6">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Funding Support</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14F1DF89">
+    <w:p w14:paraId="386D4A3E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA60156">
+    <w:p w14:paraId="04285707">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>This work is sponsored by 2019 Project of Humanities and Social Sciences of Henan Provincial Department of Education: “Research on Translation for Overseas Publicity from the Perspective of the Persuasion Theory in Western Rhetoric” (2019-ZZJH-643); 2019 Teaching Reform Project of School of Foreign Studies, North China University of Water Resources and Electric Power: “The Reforming Design and Practice of Mixed Teaching of Online and Offline Course for English Rhetoric”; 2019 Teaching Reform Project of Henan Province: A Research on the “Golden Lesson” of College English from the Perspective of Telling Chinese Stories (2019SJGLX284).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11953FE8">
+    <w:p w14:paraId="1F250194">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59DB16FB">
+    <w:p w14:paraId="6EB61A42">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Ethical Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66C34F3F">
+    <w:p w14:paraId="3195AC27">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4082F546">
+    <w:p w14:paraId="2E82E6DC">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>is study does not contain any studies with human or animal subjects performed by any of the authors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05F92D8A">
+    <w:p w14:paraId="7BC80A27">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F79DF1D">
+    <w:p w14:paraId="4F1AC236">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Conflict</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of Interest </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E513E4">
+    <w:p w14:paraId="7D392561">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="483FEC0C">
+    <w:p w14:paraId="3A65F1F7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>The authors declare that they have no conflicts of interest to this work.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F074436">
+    <w:p w14:paraId="25F025CD">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7947CB06">
+    <w:p w14:paraId="6A5E6D4E">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">Data Availability Statement </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AF9606B">
+    <w:p w14:paraId="4BB47354">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DBE047D">
+    <w:p w14:paraId="03227DDE">
       <w:pPr>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">The data that support the findings of this study are openly available in [repository name e.g “figshare”] at </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "http://doi.org/%5bdoi%5d." </w:instrText>
       </w:r>
@@ -5245,392 +5331,437 @@
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>http://doi.org/[doi].</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3027E1A0">
       <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="21798E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="21798E"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>Author Contribution Statement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC830D3">
+    <w:p w14:paraId="5C34AD71">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl/>
+        <w:kinsoku/>
+        <w:wordWrap/>
+        <w:overflowPunct/>
+        <w:topLinePunct w:val="0"/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:bidi w:val="0"/>
+        <w:adjustRightInd/>
+        <w:snapToGrid/>
+        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="21798E"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="064E52EC">
       <w:pPr>
         <w:ind w:firstLine="360" w:firstLineChars="200"/>
         <w:rPr>
           <w:rStyle w:val="215"/>
           <w:rFonts w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>Author Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>:  Conceptualization, Methodology, Formal analysis, Resources, Data curation, Writing - origimal draft, Writing - review &amp; editing, Visualization. Author Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>:  Sofsware, Supervision, Project admmistration, Fumdmg acquisition. AuthorName</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>: Validation, lnvestigation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CD6FA8E">
+    <w:p w14:paraId="5A15E4A0">
       <w:pPr>
         <w:pStyle w:val="3"/>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B088656">
+    <w:p w14:paraId="154957D3">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E509374">
+    <w:p w14:paraId="0B049735">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[1] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ajzen, I. (1991). The theory of planned behavior. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Organizational Behavior and Human Decision Processes</w:t>
       </w:r>
       <w:r>
         <w:t>, 50(2), 179–211.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="124F554C">
+    <w:p w14:paraId="65D3BBB4">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[2] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Ajzen, I., &amp; Fishbein, M. (1980). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Understanding attitudes and predicting social behavior</w:t>
       </w:r>
       <w:r>
         <w:t>. Prentice-Hall.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF9120C">
+    <w:p w14:paraId="45661B1F">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[3] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Akinbote, O. (2007). Some Nigerian primary school pupils’ knowledge, attitude and practices on water pollution. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>The Social Science</w:t>
       </w:r>
       <w:r>
         <w:t>, 2(1), 283–286.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54F9211B">
+    <w:p w14:paraId="3074687A">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[4] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Avcı, D. E., &amp; Çeliker, H. D. (2015). Waste management in ancient times and today from the perspective of teachers: Reflections to diaries. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>European Journal of Economics and Business Studies, 1</w:t>
       </w:r>
       <w:r>
         <w:t>(1), 8–13.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56235A91">
+    <w:p w14:paraId="3D6D7ED0">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[5] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Bir, R. S. (2015). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Understanding the effectiveness of the current waste management system in Thimphu city, Bhutan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> [Doctoral dissertation, MSc thesis]. Ritsumeikan Asia Pacific University, 124.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64E47E8A">
+    <w:p w14:paraId="29EA1DA3">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rStyle w:val="215"/>
         </w:rPr>
@@ -5714,95 +5845,95 @@
       <w:r>
         <w:t xml:space="preserve">(2), 31–39. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://doi.org/10.1080/00958969909601868" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="215"/>
         </w:rPr>
         <w:t>https://doi.org/10.1080/00958969909601868</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="215"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE87729">
+    <w:p w14:paraId="39ABF90E">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[7] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Department of Curriculum Research and Development. (2013). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Curriculum framework of environmental science from class pre-primary to XII</w:t>
       </w:r>
       <w:r>
         <w:t>. Ministry of Education, Royal Government of Bhutan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73A714F5">
+    <w:p w14:paraId="639DEC65">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5836,51 +5967,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">ocial and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:i/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>ehavioural Sciences</w:t>
       </w:r>
       <w:r>
         <w:t>, 18(2011), 643–648.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A334CB">
+    <w:p w14:paraId="6F70302D">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5890,95 +6021,95 @@
         <w:t xml:space="preserve">[9] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Detraz, N. (2017). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Gender and environment</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. Polity </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>ress.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C49E952">
+    <w:p w14:paraId="0B4378BE">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">[10] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Dung, M. D., Mankilik, M., &amp; Ozoji, B. E. (2017). Assessment of college students’ knowledge and attitudes toward solid waste management in north central zone of Nigeria. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Science Education International</w:t>
       </w:r>
       <w:r>
         <w:t>, 28(2), 141–146.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029FD105">
+    <w:p w14:paraId="5DECFE02">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:jc w:val="left"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
@@ -6042,51 +6173,51 @@
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>anagement</w:t>
       </w:r>
       <w:r>
         <w:t>, 28(10),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">1720–1731. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0000FF"/>
         </w:rPr>
         <w:t>https://doi.org/10.1016/j.wasman.2007.08.022</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45700265">
+    <w:p w14:paraId="19297787">
       <w:pPr>
         <w:pStyle w:val="388"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6096,80 +6227,80 @@
         <w:t xml:space="preserve">[12] </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Holbrook, J. (2009). Meeting challenges to sustainable development through science and technology education. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Science Education International</w:t>
       </w:r>
       <w:r>
         <w:t>, 20(1–2),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>44–59.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307C9CCD">
+    <w:p w14:paraId="7CF25C12">
       <w:pPr>
         <w:pStyle w:val="234"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:ind w:left="0" w:hanging="360" w:hangingChars="200"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
-      <w:cols w:space="425" w:num="1"/>
+      <w:cols w:space="708" w:num="2"/>
       <w:docGrid w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -6269,51 +6400,51 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvOTd43c2f13">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="674FF9DB">
+  <w:p w14:paraId="4B085929">
     <w:pPr>
       <w:pStyle w:val="54"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="文本框 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -6327,160 +6458,160 @@
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="01BC7A40">
+                        <w:p w14:paraId="2EDE36AF">
                           <w:pPr>
                             <w:pStyle w:val="54"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:t>4</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQIzXDnwqAgAAVQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aRGrKmq6KlsVIVXsSgVxdh2nieQ/2W6T8gDwBpy4cOe5+hx8zk8XLRz2wMUZe8bfzPfNOIvb&#10;VklyEs7XRud0OkkpEZqbotaHnH76uHk1p8QHpgsmjRY5PQtPb5cvXywam4mZqYwshCMA0T5rbE6r&#10;EGyWJJ5XQjE/MVZoOEvjFAvYukNSONYAXclklqY3SWNcYZ3hwnucrnsnHRDdcwBNWdZcrA0/KqFD&#10;j+qEZAGUfFVbT5ddtWUpeLgvSy8CkTkF09CtSAJ7H9dkuWDZwTFb1XwogT2nhCecFKs1kl6h1iww&#10;cnT1X1Cq5s54U4YJNyrpiXSKgMU0faLNrmJWdFwgtbdX0f3/g+UfTg+O1AUmgRLNFBp++f7t8uPX&#10;5edXMo3yNNZniNpZxIX2rWlj6HDucRhZt6VT8Qs+BH6Ie76KK9pAeLw0n83nKVwcvnEDnOTxunU+&#10;vBNGkWjk1KF7najstPWhDx1DYjZtNrWUOGeZ1KTJ6c3rN2l34eoBuNTIEUn0xUYrtPt2YLA3xRnE&#10;nOknw1u+qZF8y3x4YA6jgILxWMI9llIaJDGDRUll3Jd/ncd4dAheShqMVk41XhIl8r1G5wAYRsON&#10;xn409FHdGcwquoFaOhMXXJCjWTqjPuMFrWIOuJjmyJTTMJp3oR9vvEAuVqsuCLNmWdjqneUROirm&#10;7eoYIGCnaxSlV2LQCtPWdWZ4GXGc/9x3UY9/g+VvUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAG&#10;AAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAM&#10;hu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA7&#10;8jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwdd&#10;rLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrw&#10;LBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAA&#10;EwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2Rs&#10;eUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3&#10;R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8m&#10;AQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAms&#10;jPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07i&#10;QH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAkwQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAK&#10;AAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAB1AwAAX3JlbHMvUEsBAhQAFAAAAAgA&#10;h07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAmQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAA&#10;h07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAs0lY&#10;7tAAAAAFAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07i&#10;QIzXDnwqAgAAVQQAAA4AAAAAAAAAAQAgAAAAHwEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYA&#10;WQEAALsFAAAAAA==&#10;">
               <v:fill on="f" focussize="0,0"/>
               <v:stroke on="f" weight="0.5pt"/>
               <v:imagedata o:title=""/>
               <o:lock v:ext="edit" aspectratio="f"/>
               <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
                 <w:txbxContent>
-                  <w:p w14:paraId="01BC7A40">
+                  <w:p w14:paraId="2EDE36AF">
                     <w:pPr>
                       <w:pStyle w:val="54"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>4</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1547723411"/>
       </w:sdtPr>
       <w:sdtContent/>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="670A9C16">
+  <w:p w14:paraId="722C67B8">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="5F5A0BEF">
+  <w:p w14:paraId="248ABBF7">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1A0F30D0">
+  <w:p w14:paraId="3DB6EDEA">
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="14"/>
         <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
@@ -6505,241 +6636,241 @@
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="1505B4D0">
+                        <w:p w14:paraId="2DE4199B">
                           <w:pPr>
                             <w:pStyle w:val="54"/>
                           </w:pPr>
                           <w:r>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQAVhjD8rAgAAVQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80bRGrqmq6KlsVIVXsSgVxdh2nieQ/2W6T8gDwBpy4cOe5+hx8dpIuWjjsgYsz9oy/8ffNTBa3&#10;rZLkJJyvjc7pZDSmRGhuilofcvrp4+bVjBIfmC6YNFrk9Cw8vV2+fLFo7FxMTWVkIRwBiPbzxua0&#10;CsHOs8zzSijmR8YKDWdpnGIBW3fICscaoCuZTcfjm6wxrrDOcOE9Ttedk/aI7jmApixrLtaGH5XQ&#10;oUN1QrIASr6qrafL9NqyFDzcl6UXgcicgmlIK5LA3sc1Wy7Y/OCYrWreP4E95wlPOClWayS9Qq1Z&#10;YOTo6r+gVM2d8aYMI25U1hFJioDFZPxEm13FrEhcILW3V9H9/4PlH04PjtRFTqeUaKZQ8Mv3b5cf&#10;vy4/v5JplKexfo6onUVcaN+aFk0znHscRtZt6VT8gg+BH+Ker+KKNhAeL82ms9kYLg7fsAF+9njd&#10;Oh/eCaNINHLqUL0kKjttfehCh5CYTZtNLWWqoNSkyenN6zfjdOHqAbjUyBFJdI+NVmj3bc9sb4oz&#10;iDnTdYa3fFMj+Zb58MAcWgEPxrCEeyylNEhieouSyrgv/zqP8agQvJQ0aK2cakwSJfK9RuUAGAbD&#10;DcZ+MPRR3Rn06gRDaHkyccEFOZilM+ozJmgVc8DFNEemnIbBvAtde2MCuVitUhB6zbKw1TvLI3QU&#10;z9vVMUDApGsUpVOi1wrdlirTT0Zs5z/3Kerxb7D8DVBLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAA&#10;BgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMw&#10;DIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAw&#10;O/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMH&#10;Xay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa&#10;8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEA&#10;ABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotk&#10;bHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p&#10;90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5P&#10;JgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJ&#10;rIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO&#10;4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAJQEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQA&#10;CgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAdgMAAF9yZWxzL1BLAQIUABQAAAAI&#10;AIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAJoDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQLNJ&#10;WO7QAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO&#10;4kAFYYw/KwIAAFUEAAAOAAAAAAAAAAEAIAAAAB8BAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAG&#10;AFkBAAC8BQAAAAA=&#10;">
               <v:fill on="f" focussize="0,0"/>
               <v:stroke on="f" weight="0.5pt"/>
               <v:imagedata o:title=""/>
               <o:lock v:ext="edit" aspectratio="f"/>
               <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
                 <w:txbxContent>
-                  <w:p w14:paraId="1505B4D0">
+                  <w:p w14:paraId="2DE4199B">
                     <w:pPr>
                       <w:pStyle w:val="54"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6E0F7434">
+  <w:p w14:paraId="32F4AB45">
     <w:pPr>
       <w:pStyle w:val="54"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>licenses/by/4.0/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>).</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:cs="AdvOTd43c2f13"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="AdvOTd43c2f13" w:hAnsi="AdvOTd43c2f13" w:cs="AdvOTd43c2f13"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1990898028"/>
       </w:sdtPr>
       <w:sdtContent/>
     </w:sdt>
   </w:p>
-  <w:p w14:paraId="0EA72271">
+  <w:p w14:paraId="4F65C46D">
     <w:pPr>
       <w:pStyle w:val="54"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="0">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="0AA5D65A">
+  <w:p w14:paraId="52CA200F">
     <w:pPr>
       <w:pStyle w:val="56"/>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t>Artificial Intelligence and Applications</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -6774,51 +6905,51 @@
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Iss. XX </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>yyyy</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="548A8717">
+  <w:p w14:paraId="050980C5">
     <w:pPr>
       <w:pStyle w:val="56"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>______________________________________________________________________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="06E2370C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="06E2370C"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -7118,51 +7249,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMzFkYjU5M2M5ZGM2ZmVjY2Q3ZTFjZGViNmZjYzIxYTAifQ=="/>
     <w:docVar w:name="Context_Styler" w:val="2020-07-14 17:07:45"/>
     <w:docVar w:name="Generate_and_Validate" w:val="2020-07-15 14:21:04"/>
     <w:docVar w:name="Style_Palette" w:val="2020-07-04 22:56:55"/>
@@ -9115,112 +9246,106 @@
     <w:rsid w:val="00FC4250"/>
     <w:rsid w:val="00FC4ECC"/>
     <w:rsid w:val="00FC534F"/>
     <w:rsid w:val="00FC5B79"/>
     <w:rsid w:val="00FC61BA"/>
     <w:rsid w:val="00FD0027"/>
     <w:rsid w:val="00FD1186"/>
     <w:rsid w:val="00FD1208"/>
     <w:rsid w:val="00FD1B6D"/>
     <w:rsid w:val="00FD214D"/>
     <w:rsid w:val="00FD2E2F"/>
     <w:rsid w:val="00FD3A02"/>
     <w:rsid w:val="00FD4633"/>
     <w:rsid w:val="00FD5300"/>
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE4056"/>
     <w:rsid w:val="00FE5BC3"/>
     <w:rsid w:val="00FE64DE"/>
     <w:rsid w:val="021A270B"/>
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
-    <w:rsid w:val="06A35B2A"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0D336E17"/>
-    <w:rsid w:val="0E1E7AC7"/>
     <w:rsid w:val="0F587009"/>
-    <w:rsid w:val="0FEA0519"/>
     <w:rsid w:val="12C75CE2"/>
-    <w:rsid w:val="16156F67"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
-    <w:rsid w:val="1F636A97"/>
     <w:rsid w:val="1FA140B4"/>
-    <w:rsid w:val="228901AC"/>
-    <w:rsid w:val="25D404B3"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="393B0C7E"/>
+    <w:rsid w:val="3CBB7011"/>
     <w:rsid w:val="3D3879AE"/>
     <w:rsid w:val="3E497C2B"/>
+    <w:rsid w:val="40806A9C"/>
     <w:rsid w:val="40C32E63"/>
     <w:rsid w:val="41BF7352"/>
     <w:rsid w:val="43216D76"/>
     <w:rsid w:val="45FD50F5"/>
     <w:rsid w:val="46045961"/>
     <w:rsid w:val="470C47C3"/>
     <w:rsid w:val="48ED3A75"/>
     <w:rsid w:val="49085071"/>
     <w:rsid w:val="49A63576"/>
     <w:rsid w:val="4ABE526B"/>
     <w:rsid w:val="4B321EE0"/>
     <w:rsid w:val="4C3A6C8B"/>
     <w:rsid w:val="4D153868"/>
     <w:rsid w:val="508E3509"/>
     <w:rsid w:val="51EF56D3"/>
+    <w:rsid w:val="52376C2C"/>
     <w:rsid w:val="52E73CE8"/>
     <w:rsid w:val="56E9366F"/>
     <w:rsid w:val="5B1038C0"/>
     <w:rsid w:val="5B966FB7"/>
     <w:rsid w:val="5BBB1A7E"/>
+    <w:rsid w:val="5C3B0D1E"/>
     <w:rsid w:val="5F3538F6"/>
     <w:rsid w:val="609B1E7E"/>
     <w:rsid w:val="60CA75BA"/>
-    <w:rsid w:val="65DB5BB6"/>
-    <w:rsid w:val="6A58367D"/>
     <w:rsid w:val="6C062A91"/>
+    <w:rsid w:val="6F6E4AF7"/>
     <w:rsid w:val="6FE2278B"/>
-    <w:rsid w:val="736938C7"/>
-    <w:rsid w:val="74BB2F0E"/>
     <w:rsid w:val="74C447E3"/>
     <w:rsid w:val="75F0011F"/>
     <w:rsid w:val="78522E19"/>
     <w:rsid w:val="79464C25"/>
     <w:rsid w:val="7B187EFC"/>
     <w:rsid w:val="7CA103C5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
@@ -27347,51 +27472,51 @@
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="391">
     <w:name w:val="Default"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="DMAIH O+ Adv T T 140f 2bdb" w:hAnsi="DMAIH O+ Adv T T 140f 2bdb" w:cs="DMAIH O+ Adv T T 140f 2bdb" w:eastAsiaTheme="minorEastAsia"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Administrator\Desktop\JCCE_Template%20--OTH%20(1).dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -27613,90 +27738,104 @@
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
     <customSectPr/>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>12183</Characters>
+  <Pages>4</Pages>
+  <Words>2036</Words>
+  <Characters>11891</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14186</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19302_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>13858</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>6D50618E3C7147FE894BFE5F45CCA389_13</vt:lpwstr>
+    <vt:lpwstr>DD4377B029CC4B2B949AC2135F2D06F1_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19302</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiMzFkYjU5M2M5ZGM2ZmVjY2Q3ZTFjZGViNmZjYzIxYTAiLCJ1c2VySWQiOiI1MDAzNzQ5NzcifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>