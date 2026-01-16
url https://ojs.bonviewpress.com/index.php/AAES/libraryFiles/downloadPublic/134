--- v0 (2025-10-26)
+++ v1 (2026-01-16)
@@ -16,50 +16,52 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="684E6CF8">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received: d month yyyy | Revised: d month yyyy | Accepted: d month yyyy | Published online: d month yyyy</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F182DB">
       <w:pPr>
         <w:pStyle w:val="385"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:sectPr>
           <w:footerReference r:id="rId6" w:type="first"/>
           <w:headerReference r:id="rId4" w:type="default"/>
           <w:footerReference r:id="rId5" w:type="default"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708" w:num="1"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -5567,52 +5569,50 @@
         <w:rPr>
           <w:rFonts w:hint="default" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">are </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>available on request from the corresponding author upon reasonable request</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38336514">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
@@ -6455,85 +6455,99 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Latha">
     <w:altName w:val="Segoe Print"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe Print">
+    <w:panose1 w:val="02000600000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="0000028F" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="47010000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="6000019F" w:csb1="DFD70000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="Yu Gothic UI"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000012" w:usb3="00000000" w:csb0="4002009F" w:csb1="DFD70000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic UI">
+    <w:panose1 w:val="020B0500000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="2002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DMAIH O+ Adv T T 140f 2bdb">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvOTd43c2f13">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="215AADC8">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -6833,51 +6847,51 @@
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>© The Author(s) 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="宋体" w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="666666"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>. Published by BON VIEW PUBLISHING PTE. LTD. This is an open access article under the CC BY License (</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman"/>
         <w:color w:val="0000FF"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:t>https://creativecommons.org/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="04106D2D">
     <w:pPr>
       <w:pStyle w:val="54"/>
@@ -7361,51 +7375,51 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="150"/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9365,50 +9379,51 @@
     <w:rsid w:val="00FC4250"/>
     <w:rsid w:val="00FC4ECC"/>
     <w:rsid w:val="00FC534F"/>
     <w:rsid w:val="00FC5B79"/>
     <w:rsid w:val="00FC61BA"/>
     <w:rsid w:val="00FD0027"/>
     <w:rsid w:val="00FD1186"/>
     <w:rsid w:val="00FD1208"/>
     <w:rsid w:val="00FD1B6D"/>
     <w:rsid w:val="00FD214D"/>
     <w:rsid w:val="00FD2E2F"/>
     <w:rsid w:val="00FD3A02"/>
     <w:rsid w:val="00FD4633"/>
     <w:rsid w:val="00FD5300"/>
     <w:rsid w:val="00FD6D45"/>
     <w:rsid w:val="00FE13F1"/>
     <w:rsid w:val="00FE3731"/>
     <w:rsid w:val="00FE4056"/>
     <w:rsid w:val="00FE5BC3"/>
     <w:rsid w:val="00FE64DE"/>
     <w:rsid w:val="021A270B"/>
     <w:rsid w:val="034759E4"/>
     <w:rsid w:val="03766DF0"/>
     <w:rsid w:val="05D9297D"/>
     <w:rsid w:val="0628472F"/>
+    <w:rsid w:val="068B4DC5"/>
     <w:rsid w:val="0A0E26B4"/>
     <w:rsid w:val="0A9926DB"/>
     <w:rsid w:val="0A996656"/>
     <w:rsid w:val="0B8D0492"/>
     <w:rsid w:val="0B9F51F8"/>
     <w:rsid w:val="0C112E71"/>
     <w:rsid w:val="0D336E17"/>
     <w:rsid w:val="0F587009"/>
     <w:rsid w:val="12C75CE2"/>
     <w:rsid w:val="188C399C"/>
     <w:rsid w:val="192D0BBE"/>
     <w:rsid w:val="1B2A61E4"/>
     <w:rsid w:val="1E775CA0"/>
     <w:rsid w:val="1FA140B4"/>
     <w:rsid w:val="26EA4592"/>
     <w:rsid w:val="272F40C7"/>
     <w:rsid w:val="29565868"/>
     <w:rsid w:val="2BA70B16"/>
     <w:rsid w:val="2C2E4F21"/>
     <w:rsid w:val="2C6D2698"/>
     <w:rsid w:val="34F90CBC"/>
     <w:rsid w:val="3687595A"/>
     <w:rsid w:val="370A0339"/>
     <w:rsid w:val="393B0C7E"/>
     <w:rsid w:val="3D3879AE"/>
@@ -27811,64 +27826,64 @@
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CA8E5A79-3D00-40C5-9DEB-F2AFD4306492}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>JCCE_Template --OTH (1)</Template>
   <Company>微软中国</Company>
   <Pages>4</Pages>
-  <Words>2084</Words>
-  <Characters>12145</Characters>
+  <Words>2085</Words>
+  <Characters>12148</Characters>
   <Lines>104</Lines>
   <Paragraphs>29</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14154</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.21171_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <CharactersWithSpaces>14158</CharactersWithSpaces>
+  <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>司丢比森蝶</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MTWinEqns">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>0638FBD685FE4976A94A2E499E41E424</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.21171</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiYTQxZWU3ZTY2N2Q2ZjE1MjkxMGM1ZDVmMWVhNWM0NDgiLCJ1c2VySWQiOiIxNTE3MTM5MzAxIn0=</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiYTQxZWU3ZTY2N2Q2ZjE1MjkxMGM1ZDVmMWVhNWM0NDgiLCJ1c2VySWQiOiIxNzcwOTQ5NDg4In0=</vt:lpwstr>
   </property>
 </Properties>
 </file>